--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -224,51 +224,51 @@
           <t>peinture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>77286</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Pantazis,  Périclès</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1849 - 1884</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>