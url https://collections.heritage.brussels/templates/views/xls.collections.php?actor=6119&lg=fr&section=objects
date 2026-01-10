--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -179,747 +179,747 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>100972</v>
+        <v>103094</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>La plage</t>
+          <t>Sans titre - Arbres au bord de l'eau</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>panneau aggloméré, peinture à l'huile</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>103050</v>
+        <v>103664</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route d'Hilversum</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>103094</v>
+        <v>100972</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Arbres au bord de l'eau</t>
+          <t>La plage</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>panneau aggloméré, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>103664</v>
+        <v>103050</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Sans titre - Route d'Hilversum</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>104706</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Plage de Floride</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>77327</v>
+        <v>103671</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
+          <t>Portrait de Gustave van de Woestijne</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1912</t>
+          <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>encre noire, papier</t>
+        </is>
+      </c>
+      <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>77328</v>
+        <v>77295</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Le chat endormi</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>77329</v>
+        <v>77327</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Vue de Bruxelles</t>
+          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1955</t>
+          <t>1886 - 1912</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>encre, papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>dessin, lavis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>77330</v>
+        <v>77328</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Anémones</t>
+          <t>Le chat endormi</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>77331</v>
+        <v>77329</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Paysage forestier</t>
+          <t>Vue de Bruxelles</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>77380</v>
+        <v>77330</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Portrait de garçon</t>
+          <t>Anémones</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>panneau, bois, peinture à l'huile</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>79888</v>
+        <v>77331</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Dessins du peintre David Van Buuren (1886-1955)</t>
+          <t>Paysage forestier</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon, encre</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>86678</v>
+        <v>77380</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de l’artiste</t>
+          <t>Portrait de garçon</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1912</t>
+          <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>crayon, fusain, papier</t>
+          <t>panneau, bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>100942</v>
+        <v>79888</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Vase avec roses jaunes </t>
+          <t>Dessins du peintre David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H15" s="2"/>
+          <t>papier, crayon, encre</t>
+        </is>
+      </c>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>100944</v>
+        <v>86678</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de l’artiste</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1955</t>
+          <t>1886 - 1912</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
-[...2 lines deleted...]
-      <c r="H16" s="2"/>
+          <t>crayon, fusain, papier</t>
+        </is>
+      </c>
+      <c r="H16" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>100971</v>
+        <v>100942</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Fleurs</t>
+          <t>Vase avec roses jaunes </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>panneau aggloméré, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>100985</v>
+        <v>100944</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Femme</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier, pastel</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>103671</v>
+        <v>100971</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Gustave van de Woestijne</t>
+          <t>Sans titre - Fleurs</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>panneau aggloméré, peinture à l'huile</t>
         </is>
       </c>
       <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>77295</v>
+        <v>100985</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Femme</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, pastel</t>
+        </is>
+      </c>
+      <c r="H20" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>77325</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Portrait de Siegfried Pols</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1915 - </t>
         </is>
       </c>
@@ -1067,959 +1067,959 @@
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>104515</v>
+        <v>103072</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de Grenoble</t>
+          <t>Sans titre - Bord de mer avec palmiers</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>103072</v>
+        <v>103098</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Bord de mer avec palmiers</t>
+          <t>Sans titre - Vue de Grenoble</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>103098</v>
+        <v>103811</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de Grenoble</t>
+          <t>Sans titre - Vue de Dordrecht</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>103811</v>
+        <v>103848</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de Dordrecht</t>
+          <t>Sans titre - Vue de la côte à Palma de Majorque</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>103848</v>
+        <v>104515</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de la côte à Palma de Majorque</t>
+          <t>Sans titre - Vue de Grenoble</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>77326</v>
+        <v>103853</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’homme moustachu</t>
+          <t>Sans titre - Route à Dulwich</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>103867</v>
+        <v>77326</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route à Cernay</t>
+          <t>Portrait d’homme moustachu</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...2 lines deleted...]
-      <c r="H32" s="2"/>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H32" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>103853</v>
+        <v>103867</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route à Dulwich</t>
+          <t>Sans titre - Route à Cernay</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H33" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>103861</v>
+        <v>103100</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Un canal de Venise</t>
+          <t>Sans titre - Route sous les arbres</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>103868</v>
+        <v>103851</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Croquis du marché à Venise</t>
+          <t>Sans titre - Arbres à Mougins</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, aquarelle, crayon de couleur</t>
         </is>
       </c>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>103068</v>
+        <v>103861</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Rue de Venise</t>
+          <t>Sans titre - Un canal de Venise</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>103069</v>
+        <v>103868</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Rue de Faido</t>
+          <t>Sans titre - Croquis du marché à Venise</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>103100</v>
+        <v>103068</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route sous les arbres</t>
+          <t>Sans titre - Rue de Venise</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>103851</v>
+        <v>103069</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Arbres à Mougins</t>
+          <t>Sans titre - Rue de Faido</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon de couleur</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>104582</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1941 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>104523</v>
+        <v>104674</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Corbeille de fruits</t>
+          <t>Sans titre - Grappe de raisin</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>104527</v>
+        <v>104677</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage à Philadelphie</t>
+          <t>Sans titre - Route de Pennsylvanie</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>104556</v>
+        <v>104680</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Assiette de fruits</t>
+          <t>Sans titre - Paysage autour de Philadelphie</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>104573</v>
+        <v>104686</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de fleurs devant une fenêtre</t>
+          <t>Sans titre - Paysage de Pennsylvanie</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>104574</v>
+        <v>103805</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage de Central Park</t>
+          <t>Sans titre - Chemin à Philadelphie</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>104575</v>
+        <v>104523</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Plage de St. Petersburg, Floride</t>
+          <t>Sans titre - Corbeille de fruits</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>104674</v>
+        <v>104527</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Grappe de raisin</t>
+          <t>Sans titre - Paysage à Philadelphie</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>104677</v>
+        <v>104556</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route de Pennsylvanie</t>
+          <t>Sans titre - Assiette de fruits</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>104680</v>
+        <v>104573</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage autour de Philadelphie</t>
+          <t>Sans titre - Vase de fleurs devant une fenêtre</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>104686</v>
+        <v>104574</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage de Pennsylvanie</t>
+          <t>Sans titre - Paysage de Central Park</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>103805</v>
+        <v>104575</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Chemin à Philadelphie</t>
+          <t>Sans titre - Plage de St. Petersburg, Floride</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
@@ -2079,271 +2079,271 @@
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>104526</v>
+        <v>103092</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage</t>
+          <t>Sans titre - Végétation</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>103066</v>
+        <v>104683</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de fleurs</t>
+          <t>Sans titre - Végétation en Floride</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>104579</v>
+        <v>104685</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage de Salesbury, Connecticut</t>
+          <t>Sans titre - Vase de roses</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>103092</v>
+        <v>103857</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Végétation</t>
+          <t>Sans titre - Paysage de Floride</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>104683</v>
+        <v>104526</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Végétation en Floride</t>
+          <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>104685</v>
+        <v>103066</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de roses</t>
+          <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>103857</v>
+        <v>104579</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage de Floride</t>
+          <t>Sans titre - Paysage de Salesbury, Connecticut</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
@@ -2583,300 +2583,300 @@
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>77332</v>
+        <v>104665</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits, champagne et café</t>
+          <t>Sans titre - Bouquet de fleurs</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>104565</v>
+        <v>104682</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de fleurs</t>
+          <t>Sans titre - Vase de roses</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H69" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>104566</v>
+        <v>77332</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Bouquet de roses blanches</t>
+          <t>Nature morte aux fruits, champagne et café</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...2 lines deleted...]
-      <c r="H70" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H70" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>104568</v>
+        <v>104565</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Roses rouges et jaunes</t>
+          <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H71" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>104571</v>
+        <v>104566</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de fleurs</t>
+          <t>Sans titre - Bouquet de roses blanches</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>104665</v>
+        <v>104568</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Bouquet de fleurs</t>
+          <t>Sans titre - Roses rouges et jaunes</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>104682</v>
+        <v>104571</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de roses</t>
+          <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
         <v>104868</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue marine</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
@@ -2947,116 +2947,116 @@
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>104567</v>
+        <v>104666</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Rue de Paris</t>
+          <t>Sans titre - Vue de la Seine à Paris</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>104666</v>
+        <v>104567</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de la Seine à Paris</t>
+          <t>Sans titre - Rue de Paris</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Musée David et Alice Van Buuren</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H79" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>