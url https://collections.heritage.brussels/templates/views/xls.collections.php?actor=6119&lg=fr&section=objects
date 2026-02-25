--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -179,2884 +179,2884 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>103094</v>
+        <v>104706</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Arbres au bord de l'eau</t>
+          <t>Sans titre - Plage de Floride</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>103664</v>
+        <v>100972</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>La plage</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
+          <t>panneau aggloméré, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>100972</v>
+        <v>103050</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La plage</t>
+          <t>Sans titre - Route d'Hilversum</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>panneau aggloméré, peinture à l'huile</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>103050</v>
+        <v>103094</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route d'Hilversum</t>
+          <t>Sans titre - Arbres au bord de l'eau</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>104706</v>
+        <v>103664</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Plage de Floride</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>103671</v>
+        <v>77328</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Gustave van de Woestijne</t>
+          <t>Le chat endormi</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>encre noire, papier</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>fusain, papier</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>77295</v>
+        <v>77329</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Vue de Bruxelles</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>encre, papier</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>77327</v>
+        <v>77330</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
+          <t>Anémones</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1912</t>
+          <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>dessin, lavis</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>77328</v>
+        <v>77331</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le chat endormi</t>
+          <t>Paysage forestier</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>77329</v>
+        <v>77380</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vue de Bruxelles</t>
+          <t>Portrait de garçon</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
+          <t>panneau, bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>77330</v>
+        <v>79888</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Anémones</t>
+          <t>Dessins du peintre David Van Buuren (1886-1955)</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, crayon, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>77331</v>
+        <v>86678</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paysage forestier</t>
+          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de l’artiste</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1955</t>
+          <t>1886 - 1912</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>crayon, fusain, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>77380</v>
+        <v>100942</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Portrait de garçon</t>
+          <t>Vase avec roses jaunes </t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>panneau, bois, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>79888</v>
+        <v>100944</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Dessins du peintre David Van Buuren (1886-1955)</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, crayon, encre</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, encre</t>
+        </is>
+      </c>
+      <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>86678</v>
+        <v>100971</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de l’artiste</t>
+          <t>Sans titre - Fleurs</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1912</t>
+          <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>crayon, fusain, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>panneau aggloméré, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>100942</v>
+        <v>100985</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Vase avec roses jaunes </t>
+          <t>Femme</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, pastel</t>
         </is>
       </c>
       <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>100944</v>
+        <v>103671</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Portrait de Gustave van de Woestijne</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>encre noire, papier</t>
         </is>
       </c>
       <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>100971</v>
+        <v>77295</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Fleurs</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1886 - 1955</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>panneau aggloméré, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H19" s="2"/>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H19" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>100985</v>
+        <v>77327</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Femme</t>
+          <t>Portrait d’Hannah van Dantzig (1850-1912), mère de David van Buuren</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1886 - 1955</t>
+          <t>1886 - 1912</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>papier, pastel</t>
-[...2 lines deleted...]
-      <c r="H20" s="2"/>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>dessin, lavis</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>77325</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Portrait de Siegfried Pols</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1915 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>77324</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Autoportrait</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1920 - 1930</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
         <v>103084</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue du lac Léman</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
         <v>103070</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Végétation</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1924 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>103083</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rue de Saint-Paul</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1934 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>103072</v>
+        <v>104515</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Bord de mer avec palmiers</t>
+          <t>Sans titre - Vue de Grenoble</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H26" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>103098</v>
+        <v>103072</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de Grenoble</t>
+          <t>Sans titre - Bord de mer avec palmiers</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H27" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>103811</v>
+        <v>103098</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de Dordrecht</t>
+          <t>Sans titre - Vue de Grenoble</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H28" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>103848</v>
+        <v>103811</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de la côte à Palma de Majorque</t>
+          <t>Sans titre - Vue de Dordrecht</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H29" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>104515</v>
+        <v>103848</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de Grenoble</t>
+          <t>Sans titre - Vue de la côte à Palma de Majorque</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1936 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H30" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>103853</v>
+        <v>103867</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route à Dulwich</t>
+          <t>Sans titre - Route à Cernay</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H31" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>77326</v>
+        <v>103853</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Portrait d’homme moustachu</t>
+          <t>Sans titre - Route à Dulwich</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>encre, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H32" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>103867</v>
+        <v>77326</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route à Cernay</t>
+          <t>Portrait d’homme moustachu</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1937 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...2 lines deleted...]
-      <c r="H33" s="2"/>
+          <t>encre, papier</t>
+        </is>
+      </c>
+      <c r="H33" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>103100</v>
+        <v>103868</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route sous les arbres</t>
+          <t>Sans titre - Croquis du marché à Venise</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H34" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>103851</v>
+        <v>103068</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Arbres à Mougins</t>
+          <t>Sans titre - Rue de Venise</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, crayon de couleur</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H35" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>103861</v>
+        <v>103069</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Un canal de Venise</t>
+          <t>Sans titre - Rue de Faido</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H36" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>103868</v>
+        <v>103100</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Croquis du marché à Venise</t>
+          <t>Sans titre - Route sous les arbres</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H37" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>103068</v>
+        <v>103851</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Rue de Venise</t>
+          <t>Sans titre - Arbres à Mougins</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, aquarelle, crayon de couleur</t>
         </is>
       </c>
       <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>103069</v>
+        <v>103861</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Rue de Faido</t>
+          <t>Sans titre - Un canal de Venise</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1938 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H39" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>104582</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1941 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H40" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>104674</v>
+        <v>104704</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Grappe de raisin</t>
+          <t>Sans titre - Arbres au bord de l'eau</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H41" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>104677</v>
+        <v>104865</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Route de Pennsylvanie</t>
+          <t>Sans titre - Patio de la Nouvelle-Orleans</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H42" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>104680</v>
+        <v>104523</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage autour de Philadelphie</t>
+          <t>Sans titre - Corbeille de fruits</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H43" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>104686</v>
+        <v>104527</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage de Pennsylvanie</t>
+          <t>Sans titre - Paysage à Philadelphie</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H44" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>103805</v>
+        <v>104556</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Chemin à Philadelphie</t>
+          <t>Sans titre - Assiette de fruits</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H45" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>104523</v>
+        <v>104573</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Corbeille de fruits</t>
+          <t>Sans titre - Vase de fleurs devant une fenêtre</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H46" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>104527</v>
+        <v>104574</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage à Philadelphie</t>
+          <t>Sans titre - Paysage de Central Park</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H47" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>104556</v>
+        <v>104575</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Assiette de fruits</t>
+          <t>Sans titre - Plage de St. Petersburg, Floride</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H48" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>104573</v>
+        <v>104674</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de fleurs devant une fenêtre</t>
+          <t>Sans titre - Grappe de raisin</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H49" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>104574</v>
+        <v>104677</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage de Central Park</t>
+          <t>Sans titre - Route de Pennsylvanie</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H50" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>104575</v>
+        <v>104680</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Plage de St. Petersburg, Floride</t>
+          <t>Sans titre - Paysage autour de Philadelphie</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H51" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>104704</v>
+        <v>104686</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Arbres au bord de l'eau</t>
+          <t>Sans titre - Paysage de Pennsylvanie</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H52" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>104865</v>
+        <v>103805</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Patio de la Nouvelle-Orleans</t>
+          <t>Sans titre - Chemin à Philadelphie</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1942 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H53" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>103092</v>
+        <v>104694</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Végétation</t>
+          <t>Sans titre - Plage de Pass-a-Grille</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>104683</v>
+        <v>104703</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Végétation en Floride</t>
+          <t>Sans titre - Paysage près de Philadelphie</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H55" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>104685</v>
+        <v>104860</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de roses</t>
+          <t>Sans titre - Maison dans la verdure</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H56" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>103857</v>
+        <v>104526</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage de Floride</t>
+          <t>Sans titre - Paysage</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H57" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>104526</v>
+        <v>103066</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage</t>
+          <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H58" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>103066</v>
+        <v>104579</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de fleurs</t>
+          <t>Sans titre - Paysage de Salesbury, Connecticut</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H59" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>104579</v>
+        <v>103092</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage de Salesbury, Connecticut</t>
+          <t>Sans titre - Végétation</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H60" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>104694</v>
+        <v>104683</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Plage de Pass-a-Grille</t>
+          <t>Sans titre - Végétation en Floride</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H61" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>104703</v>
+        <v>104685</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Paysage près de Philadelphie</t>
+          <t>Sans titre - Vase de roses</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H62" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>104860</v>
+        <v>103857</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Maison dans la verdure</t>
+          <t>Sans titre - Paysage de Floride</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1943 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H63" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
         <v>104584</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase d'anémones sur un tabouret </t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H64" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
         <v>103075</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Rivière</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H65" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
         <v>104678</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H66" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
         <v>104690</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Crique</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1944 - </t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H67" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>104665</v>
+        <v>104868</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Bouquet de fleurs</t>
+          <t>Sans titre - Vue marine</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H68" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>104682</v>
+        <v>77332</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de roses</t>
+          <t>Nature morte aux fruits, champagne et café</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
-[...2 lines deleted...]
-      <c r="H69" s="2"/>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H69" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>77332</v>
+        <v>104565</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits, champagne et café</t>
+          <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H70" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>104565</v>
+        <v>104566</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de fleurs</t>
+          <t>Sans titre - Bouquet de roses blanches</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H71" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>104566</v>
+        <v>104568</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Bouquet de roses blanches</t>
+          <t>Sans titre - Roses rouges et jaunes</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H72" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>104568</v>
+        <v>104571</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Roses rouges et jaunes</t>
+          <t>Sans titre - Vase de fleurs</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>papier, aquarelle, encre</t>
         </is>
       </c>
       <c r="H73" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>104571</v>
+        <v>104665</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vase de fleurs</t>
+          <t>Sans titre - Bouquet de fleurs</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle, encre</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H74" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>104868</v>
+        <v>104682</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue marine</t>
+          <t>Sans titre - Vase de roses</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1945 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H75" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
         <v>103862</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Roses dans un vase</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1946 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H76" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
         <v>103093</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
           <t>Sans titre - Vue des Andelys</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H77" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>104666</v>
+        <v>104567</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Vue de la Seine à Paris</t>
+          <t>Sans titre - Rue de Paris</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, encre, papier</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H78" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>104567</v>
+        <v>104666</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Sans titre - Rue de Paris</t>
+          <t>Sans titre - Vue de la Seine à Paris</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>van Buuren,  David</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, encre, papier</t>
         </is>
       </c>
       <c r="H79" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>