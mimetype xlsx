--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -223,67 +223,71 @@
           <t> - 1931</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>pierre bleue</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>70460</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Prosper Devos</t>
+          <t>Prosper-Henry Devos : Memorial </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>De Valeriola, Edmond / Hebbelynck, G.</t>
         </is>
       </c>
-      <c r="E3" s="2"/>
+      <c r="E3" s="2" t="inlineStr">
+        <is>
+          <t> - 1922</t>
+        </is>
+      </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, sculpture</t>
+          <t>oeuvre d'art en espace public, sculpture, Statue commémorative</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>70297</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Edmond Serneels</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Etterbeek</t>