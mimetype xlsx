--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -362,51 +362,51 @@
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>46195</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>L'envol d'Icare</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Lenaerts, Henri  / Fuse Fonderia Guastini</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1993 - 1994</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue, granit</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>83143</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>S.M. le roi Baudouin</t>