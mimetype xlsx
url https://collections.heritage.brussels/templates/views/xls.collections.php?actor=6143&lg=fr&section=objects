--- v0 (2025-11-15)
+++ v1 (2026-03-12)
@@ -239,59 +239,63 @@
       <c r="A3" s="1" t="n">
         <v>44199</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>La quadrature de l'arbre</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Chotteau, Thérèse / Dirk De Groeve, Gent,  / Gonze, Thierry</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H3" s="2"/>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue, technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>53320</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Le Temple de la Nature</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Gonze, Thierry / Dirk De Groeve, Gent,  / Chotteau, Thérèse</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1998 - 2000</t>
         </is>
       </c>