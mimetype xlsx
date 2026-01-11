--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -215,123 +215,123 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Lamberechts, Frans / Beetens, Guido</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t> - 1991</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>béton, fer, aluminium, résine synthétique</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>83292</v>
+        <v>44667</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Monument aux Morts des Armées belges d'Occupation</t>
+          <t>Monument national aux morts des armées belges d'occupation 1918-29 et 1945-55</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Art en espace public - Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Fink, J. / Lamberechts, Frans</t>
+          <t>Matthieux, E.  / A. Meurice &amp; fils,  / Lamberechts, Frans / Fink, J. / Kestens, D.</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public</t>
+          <t>sculpture, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, pierre bleue, laiton</t>
-[...2 lines deleted...]
-      <c r="H3" s="2"/>
+          <t>bronze, pierre bleue</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>44667</v>
+        <v>83292</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Monument national aux morts des armées belges d'occupation 1918-29 et 1945-55</t>
+          <t>Monument aux Morts des Armées belges d'Occupation</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Saint-Josse-ten-Noode</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Matthieux, E.  / A. Meurice &amp; fils,  / Lamberechts, Frans / Fink, J. / Kestens, D.</t>
+          <t>Fink, J. / Lamberechts, Frans</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1947 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>sculpture, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue, pierre bleue, laiton</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>urban.brussels</dc:creator>