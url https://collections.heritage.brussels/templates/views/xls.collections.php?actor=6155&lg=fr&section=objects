--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -196,51 +196,55 @@
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>43924</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Monument de la Cavalerie et des Blindés</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Pierre</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Waucquez, Maurice / Schomblood, Philibert</t>
         </is>
       </c>
-      <c r="E2" s="2"/>
+      <c r="E2" s="2" t="inlineStr">
+        <is>
+          <t> - 1961</t>
+        </is>
+      </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, sculpture</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>grès</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>44553</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Monument commémoratif aux artilleurs de tranchée morts pour la patrie 1914-18</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public -  Etterbeek</t>
         </is>