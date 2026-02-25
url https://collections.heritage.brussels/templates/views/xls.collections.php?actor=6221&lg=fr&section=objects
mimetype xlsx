--- v0 (2025-10-23)
+++ v1 (2026-02-25)
@@ -228,51 +228,55 @@
         <is>
           <t>bronze, béton, pierre bleue</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>65784</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Maréchal Montgomery</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Pierre</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Nemon, Oscar / Morris Singer, London</t>
         </is>
       </c>
-      <c r="E3" s="2"/>
+      <c r="E3" s="2" t="inlineStr">
+        <is>
+          <t> - 1980</t>
+        </is>
+      </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>66237</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Portrait de Paul-Henri Spaak, bourgmestre de Saint-Gilles de 1952 à 1957</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>