--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -268,51 +268,51 @@
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>102652</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Médaille René Marcq</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Courtens, Alfred</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1949 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>86335</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
@@ -376,51 +376,51 @@
           <t>plaque commémorative</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>102819</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Médaille commémorative du Mariage du Roi Baudouin et de Fabiola de Mora y Aragon</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Courtens, Alfred</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">