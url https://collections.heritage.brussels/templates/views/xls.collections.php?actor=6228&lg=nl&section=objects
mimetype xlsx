--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -443,351 +443,351 @@
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel / Romain Barelier, Paris</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>94889</v>
+        <v>95152</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Milano</t>
+          <t>Blue Shadow</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
-      <c r="G9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>94892</v>
+        <v>95154</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Musée des Arts décoratifs</t>
+          <t>L'amour nu</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
-      <c r="G10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>95146</v>
+        <v>95158</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>An Alice Editions poster</t>
+          <t>Blue Rose</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>95149</v>
+        <v>95160</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Centro internazionale di Studi di Architettura</t>
+          <t>Museo Morandi</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>95151</v>
+        <v>94889</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>20e festival "La Versiliana"</t>
+          <t>Milano</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
-      <c r="G13" s="2"/>
+      <c r="G13" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>95152</v>
+        <v>94892</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Blue Shadow</t>
+          <t>Musée des Arts décoratifs</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
-      <c r="G14" s="2"/>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <t>papier</t>
+        </is>
+      </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>95154</v>
+        <v>95146</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>L'amour nu</t>
+          <t>An Alice Editions poster</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>95158</v>
+        <v>95149</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Blue Rose</t>
+          <t>Centro internazionale di Studi di Architettura</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>lithographie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>95160</v>
+        <v>95151</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Museo Morandi</t>
+          <t>20e festival "La Versiliana"</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Université libre de Bruxelles - ULB Culture</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Folon, Jean-Michel</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>affiche</t>
         </is>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="inlineStr">
         <is>