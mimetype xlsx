--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,735 +179,735 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>47500</v>
+        <v>47549</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait de Paule Bisman</t>
+          <t>Villers-la-Ville</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>47548</v>
+        <v>47551</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Étang de Woluwe-Saint-Lambert</t>
+          <t>La forêt de Soignes à Notre-Dame-au-Bois</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>47549</v>
+        <v>47552</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Villers-la-Ville</t>
+          <t>Étang dans la forêt de Soignes</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>47551</v>
+        <v>49141</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La forêt de Soignes à Notre-Dame-au-Bois</t>
+          <t>Le cabinet Renaissance de l'hôtel de ville</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1973</t>
+          <t>1915 - 1963</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>47552</v>
+        <v>49142</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Étang dans la forêt de Soignes</t>
+          <t>Intérieur de l'église Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>49141</v>
+        <v>49143</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Le cabinet Renaissance de l'hôtel de ville</t>
+          <t>La salle Maximilienne de l'hôtel de ville de Bruxelles</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1963</t>
+          <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>49142</v>
+        <v>49144</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'église Notre-Dame de la Chapelle</t>
+          <t>Intérieur de la cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>49143</v>
+        <v>49145</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La salle Maximilienne de l'hôtel de ville de Bruxelles</t>
+          <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>49144</v>
+        <v>49146</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la cathédrale Saints-Michel-et-Gudule</t>
+          <t>Vue de Paris sur les quais de la Seine</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>49145</v>
+        <v>49147</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>49146</v>
+        <v>49148</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Vue de Paris sur les quais de la Seine</t>
+          <t>Vue du parc de Bruxelles</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>49147</v>
+        <v>49149</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles</t>
+          <t>Vue du hall de l'Escalier aux lions à l'Hôtel de Ville</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>49148</v>
+        <v>49150</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Vue du parc de Bruxelles</t>
+          <t>Enfants de choeur</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>49149</v>
+        <v>49151</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Vue du hall de l'Escalier aux lions à l'Hôtel de Ville</t>
+          <t>Sacristie de la cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>49150</v>
+        <v>49152</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Enfants de choeur</t>
+          <t>La fôret de Soignes</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49151</v>
+        <v>49153</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Sacristie de la cathédrale Saints-Michel-et-Gudule</t>
+          <t>Derniers beaux jours à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>49152</v>
+        <v>47500</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>La fôret de Soignes</t>
+          <t>Autoportrait de Paule Bisman</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>49153</v>
+        <v>47548</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Derniers beaux jours à Rouge-Cloître</t>
+          <t>Étang de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>