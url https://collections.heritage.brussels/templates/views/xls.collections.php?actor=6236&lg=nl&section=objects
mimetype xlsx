--- v1 (2026-01-11)
+++ v2 (2026-03-12)
@@ -179,735 +179,735 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>47549</v>
+        <v>47548</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Villers-la-Ville</t>
+          <t>Étang de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>47551</v>
+        <v>47549</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La forêt de Soignes à Notre-Dame-au-Bois</t>
+          <t>Villers-la-Ville</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>47552</v>
+        <v>47551</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Étang dans la forêt de Soignes</t>
+          <t>La forêt de Soignes à Notre-Dame-au-Bois</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>49141</v>
+        <v>47552</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Le cabinet Renaissance de l'hôtel de ville</t>
+          <t>Étang dans la forêt de Soignes</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1963</t>
+          <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>49142</v>
+        <v>49141</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'église Notre-Dame de la Chapelle</t>
+          <t>Le cabinet Renaissance de l'hôtel de ville</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1973</t>
+          <t>1915 - 1963</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>49143</v>
+        <v>49142</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La salle Maximilienne de l'hôtel de ville de Bruxelles</t>
+          <t>Intérieur de l'église Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>49144</v>
+        <v>49143</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la cathédrale Saints-Michel-et-Gudule</t>
+          <t>La salle Maximilienne de l'hôtel de ville de Bruxelles</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>49145</v>
+        <v>49144</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles</t>
+          <t>Intérieur de la cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>49146</v>
+        <v>49145</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Vue de Paris sur les quais de la Seine</t>
+          <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>49147</v>
+        <v>49146</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles</t>
+          <t>Vue de Paris sur les quais de la Seine</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>49148</v>
+        <v>49147</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Vue du parc de Bruxelles</t>
+          <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>49149</v>
+        <v>49148</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Vue du hall de l'Escalier aux lions à l'Hôtel de Ville</t>
+          <t>Vue du parc de Bruxelles</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>49150</v>
+        <v>49149</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Enfants de choeur</t>
+          <t>Vue du hall de l'Escalier aux lions à l'Hôtel de Ville</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>49151</v>
+        <v>49150</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Sacristie de la cathédrale Saints-Michel-et-Gudule</t>
+          <t>Enfants de choeur</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>49152</v>
+        <v>49151</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>La fôret de Soignes</t>
+          <t>Sacristie de la cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49153</v>
+        <v>49152</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Derniers beaux jours à Rouge-Cloître</t>
+          <t>La fôret de Soignes</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>47500</v>
+        <v>49153</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait de Paule Bisman</t>
+          <t>Derniers beaux jours à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>47548</v>
+        <v>47500</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Étang de Woluwe-Saint-Lambert</t>
+          <t>Autoportrait de Paule Bisman</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>