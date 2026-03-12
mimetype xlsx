--- v2 (2026-03-12)
+++ v3 (2026-03-12)
@@ -179,735 +179,735 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>47548</v>
+        <v>47500</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Étang de Woluwe-Saint-Lambert</t>
+          <t>Autoportrait de Paule Bisman</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>47549</v>
+        <v>47548</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Villers-la-Ville</t>
+          <t>Étang de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>47551</v>
+        <v>47549</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>La forêt de Soignes à Notre-Dame-au-Bois</t>
+          <t>Villers-la-Ville</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>47552</v>
+        <v>47551</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Étang dans la forêt de Soignes</t>
+          <t>La forêt de Soignes à Notre-Dame-au-Bois</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>49141</v>
+        <v>47552</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Le cabinet Renaissance de l'hôtel de ville</t>
+          <t>Étang dans la forêt de Soignes</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1963</t>
+          <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>49142</v>
+        <v>49141</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de l'église Notre-Dame de la Chapelle</t>
+          <t>Le cabinet Renaissance de l'hôtel de ville</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1915 - 1973</t>
+          <t>1915 - 1963</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>49143</v>
+        <v>49142</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>La salle Maximilienne de l'hôtel de ville de Bruxelles</t>
+          <t>Intérieur de l'église Notre-Dame de la Chapelle</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>49144</v>
+        <v>49143</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Intérieur de la cathédrale Saints-Michel-et-Gudule</t>
+          <t>La salle Maximilienne de l'hôtel de ville de Bruxelles</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>49145</v>
+        <v>49144</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles</t>
+          <t>Intérieur de la cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>49146</v>
+        <v>49145</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vue de Paris sur les quais de la Seine</t>
+          <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>49147</v>
+        <v>49146</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles</t>
+          <t>Vue de Paris sur les quais de la Seine</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>49148</v>
+        <v>49147</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Vue du parc de Bruxelles</t>
+          <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>49149</v>
+        <v>49148</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Vue du hall de l'Escalier aux lions à l'Hôtel de Ville</t>
+          <t>Vue du parc de Bruxelles</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>49150</v>
+        <v>49149</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Enfants de choeur</t>
+          <t>Vue du hall de l'Escalier aux lions à l'Hôtel de Ville</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>49151</v>
+        <v>49150</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Sacristie de la cathédrale Saints-Michel-et-Gudule</t>
+          <t>Enfants de choeur</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>49152</v>
+        <v>49151</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>La fôret de Soignes</t>
+          <t>Sacristie de la cathédrale Saints-Michel-et-Gudule</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>49153</v>
+        <v>49152</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Derniers beaux jours à Rouge-Cloître</t>
+          <t>La fôret de Soignes</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>47500</v>
+        <v>49153</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait de Paule Bisman</t>
+          <t>Derniers beaux jours à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1915 - 1973</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
@@ -971,199 +971,199 @@
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Compagnie des Bronzes,  / Bisman, Paule</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1973 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre</t>
         </is>
       </c>
       <c r="H21" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>87442</v>
+        <v>87526</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Promenade</t>
+          <t>Bouquet aux œillets </t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>87472</v>
+        <v>87442</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Autoportrait (recto de Atelier)</t>
+          <t>Promenade</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H23" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>87473</v>
+        <v>87472</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Atelier (verso)</t>
+          <t>Autoportrait (recto de Atelier)</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H24" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>87525</v>
+        <v>87473</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Bateaux </t>
+          <t>Atelier (verso)</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H25" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>87526</v>
+        <v>87525</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Bouquet aux œillets </t>
+          <t>Bateaux </t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Woluwe-Saint-Lambert</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Bisman, Paule</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>