--- v0 (2025-10-23)
+++ v1 (2026-02-26)
@@ -193,56 +193,56 @@
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>43923</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Passing-by</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Woluwe-Saint-Pierre</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Weidenbaum, Peter</t>
+          <t>Weidenbaum, Peter / Kuciak, Agniezka</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>béton, inox</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 