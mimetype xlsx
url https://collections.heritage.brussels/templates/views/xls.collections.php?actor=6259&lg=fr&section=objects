--- v0 (2025-10-23)
+++ v1 (2026-02-25)
@@ -198,51 +198,51 @@
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>46195</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>L'envol d'Icare</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Anderlecht</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Lenaerts, Henri  / Fuse Fonderia Guastini</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1993 - </t>
+          <t>1993 - 1994</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>sculpture, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue, granit</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>83143</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>S.M. le roi Baudouin</t>