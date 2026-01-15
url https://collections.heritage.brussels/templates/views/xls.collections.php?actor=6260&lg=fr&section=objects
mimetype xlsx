--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -315,59 +315,63 @@
       <c r="A5" s="1" t="n">
         <v>44199</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>La quadrature de l'arbre</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Chotteau, Thérèse / Dirk De Groeve, Gent,  / Gonze, Thierry</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>oeuvre d'art en espace public, groupe sculpté</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
-      <c r="H5" s="2"/>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>coulé à cire perdue, technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>70418</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Buste de Marnix Gysen</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Ixelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Poot, Rik / Dirk De Groeve, Gent</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>