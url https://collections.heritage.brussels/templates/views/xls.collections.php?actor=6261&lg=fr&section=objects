--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -359,51 +359,55 @@
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Lagae, Jules / Verbeyst</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1898 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>lampadaire, oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>bronze, granit</t>
         </is>
       </c>
-      <c r="H6" s="2"/>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>moulé, taillé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>44478</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Monument aux morts de Saint-Josse pendant la guerre 1914-18</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Art en espace public - Saint-Josse-ten-Noode</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Charlier, Guillaume / Verbeyst</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1917 - </t>
         </is>
       </c>