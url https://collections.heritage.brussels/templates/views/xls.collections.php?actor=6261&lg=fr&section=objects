--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -483,152 +483,152 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1925 - 1948</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture, technique de fonte</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>44455</v>
+        <v>83165</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Monument aux aviateurs et aérostiers tombés pendant la guerre</t>
+          <t>Monument aux Morts des 9e et 29e Régiments de Ligne (VdB)</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>De Soete, Pierre / Brunfaut, Jules / Verbeyst</t>
+          <t>Voets , Herman / Voets, Victor / Verbeyst</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, groupe sculpté, haut-relief</t>
+          <t>oeuvre d'art en espace public, statue</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>bronze, granit, pierre bleue</t>
+          <t>bronze, pierre bleue</t>
         </is>
       </c>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>83165</v>
+        <v>83366</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Monument aux Morts des 9e et 29e Régiments de Ligne (VdB)</t>
+          <t>Mémorial aux Héros laekenois</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Voets , Herman / Voets, Victor / Verbeyst</t>
+          <t>Desmaré, Mathieu / Verbeyst</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public, statue</t>
+          <t>statue, bas-relief, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>bronze, pierre bleue</t>
+          <t>carton-pierre, bronze, bronze</t>
         </is>
       </c>
       <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>83366</v>
+        <v>44455</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Mémorial aux Héros laekenois</t>
+          <t>Monument aux aviateurs et aérostiers tombés pendant la guerre</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Desmaré, Mathieu / Verbeyst</t>
+          <t>De Soete, Pierre / Brunfaut, Jules / Verbeyst</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1926 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>statue, bas-relief, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>oeuvre d'art en espace public, groupe sculpté, haut-relief</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>carton-pierre, bronze, bronze</t>
+          <t>bronze, granit, pierre bleue</t>
         </is>
       </c>
       <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>83301</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Mémorial à Charles Buls et Emile De Mot (VdB)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Van Neck, Joseph / Rousseau,  Victor / Verbeyst</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>