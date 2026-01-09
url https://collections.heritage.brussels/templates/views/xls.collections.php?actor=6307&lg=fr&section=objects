--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -255,123 +255,123 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1914 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>oeuvre d'art en espace public, bas-relief</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>bronze, marbre, pierre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>43922</v>
+        <v>83301</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Monument aux morts du Génie</t>
+          <t>Mémorial à Charles Buls et Emile De Mot (VdB)</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public - Schaerbeek</t>
+          <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Samuel, Charles / Van Neck, Joseph</t>
+          <t>Van Neck, Joseph / Rousseau,  Victor / Verbeyst</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>oeuvre d'art en espace public</t>
+          <t>groupe sculpté, buste, oeuvre d'art en espace public, monument commémoratif</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>marbre, pierre</t>
-[...6 lines deleted...]
-      </c>
+          <t>pierre bleue, bronze, laiton</t>
+        </is>
+      </c>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>83301</v>
+        <v>43922</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Mémorial à Charles Buls et Emile De Mot (VdB)</t>
+          <t>Monument aux morts du Génie</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Art en espace public  - Ville de Bruxelles</t>
+          <t>Art en espace public - Schaerbeek</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Van Neck, Joseph / Rousseau,  Victor / Verbeyst</t>
+          <t>Samuel, Charles / Van Neck, Joseph</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1928 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>groupe sculpté, buste, oeuvre d'art en espace public, monument commémoratif</t>
+          <t>oeuvre d'art en espace public</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>pierre bleue, bronze, laiton</t>
-[...2 lines deleted...]
-      <c r="H5" s="2"/>
+          <t>marbre, pierre</t>
+        </is>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>technique de sculpture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>83379</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Monument du Serment olympique</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Art en espace public  - Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Van Neck, Joseph / De Soete, Pierre / Verbeyst</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1932 - </t>
         </is>
       </c>