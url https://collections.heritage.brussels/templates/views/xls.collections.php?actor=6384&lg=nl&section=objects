--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -223,51 +223,51 @@
           <t>1717 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>gravure au burin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>69111</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Henri Thomassin, Deux chevaux du soleil et deux tritons qui les pensent [sic !], gravure, 1723.</t>
+          <t>Henri-Simon Thomassin, Deux chevaux du soleil et deux tritons qui les pansent, gravure, 1723.</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>MoMuse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Thomassin, Henri-Simon</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1723 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>estampe</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>papier</t>