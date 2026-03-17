--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -378,51 +378,51 @@
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>50215</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Vases aux anses serpents </t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Windisch, Christophe / Première Manufacture d'Ixelles (Ixelles I)</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1835 - </t>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>