--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -251,151 +251,151 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1810 - 1830</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>assiette</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>argile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>cuit [céramique], technique d'émaillage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>46785</v>
+        <v>50870</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Tasse décorée d'une vue des Etats Généraux</t>
+          <t>Paire de vases décorés des vues de Bruxelles</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
+          <t>Première Manufacture d'Ixelles,  / Faber, Frédéric Théodore</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1812 - 1830</t>
         </is>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>50870</v>
+        <v>50875</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Paire de vases décorés des vues de Bruxelles</t>
+          <t>Tasse tripode avec une vue du Palais de Justice à Bruxelles</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Première Manufacture d'Ixelles,  / Faber, Frédéric Théodore</t>
+          <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1812 - 1830</t>
         </is>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>50875</v>
+        <v>50876</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Tasse tripode avec une vue du Palais de Justice à Bruxelles</t>
+          <t>Tasse à griffe - pavillon du Prince d'Orange à Tervueren</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1812 - 1830</t>
         </is>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>50876</v>
+        <v>46785</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Tasse à griffe - pavillon du Prince d'Orange à Tervueren</t>
+          <t>Tasse décorée d'une vue des Etats Généraux</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1812 - 1830</t>
         </is>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
@@ -415,323 +415,323 @@
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1823 - 1830</t>
         </is>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>36892</v>
+        <v>46928</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le Palais des Etats Généraux</t>
+          <t>Le Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
-      <c r="F9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>46775</v>
+        <v>50871</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Vases décorés d'une vue du Palais des Etats Généraux et du Théâtre du Parc</t>
+          <t>Vase à anse - pavillon du Prince d'Orange à Tervueren</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
-      <c r="H10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>46776</v>
+        <v>50878</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Vases Médicis à fond vert décorés d'une vue du Palais des Etats Généraux et du Parc de Bruxelles</t>
+          <t>Tasse avec une vue de l'Eglise Collégiale de St Michel et Ste Gudule</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
-      <c r="H11" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>46926</v>
+        <v>36892</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le Théâtre du Parc</t>
+          <t>Le Palais des Etats Généraux</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
-      <c r="F12" s="2"/>
+      <c r="F12" s="2" t="inlineStr">
+        <is>
+          <t>vase</t>
+        </is>
+      </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
-      <c r="H12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>46927</v>
+        <v>46775</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Le palais des États généraux </t>
+          <t>Vases décorés d'une vue du Palais des Etats Généraux et du Théâtre du Parc</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>argile</t>
+          <t>porcelaine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>moulé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>46928</v>
+        <v>46776</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le Parc de Bruxelles</t>
+          <t>Vases Médicis à fond vert décorés d'une vue du Palais des Etats Généraux et du Parc de Bruxelles</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
-      <c r="H14" s="2"/>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>moulé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>50871</v>
+        <v>46926</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Vase à anse - pavillon du Prince d'Orange à Tervueren</t>
+          <t>Le Théâtre du Parc</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>porcelaine</t>
         </is>
       </c>
-      <c r="H15" s="2"/>
+      <c r="H15" s="2" t="inlineStr">
+        <is>
+          <t>jacquard ou façonné</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>50878</v>
+        <v>46927</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Tasse avec une vue de l'Eglise Collégiale de St Michel et Ste Gudule</t>
+          <t>Le palais des États généraux </t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1824 - 1830</t>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>porcelaine</t>
-[...2 lines deleted...]
-      <c r="H16" s="2"/>
+          <t>argile</t>
+        </is>
+      </c>
+      <c r="H16" s="2" t="inlineStr">
+        <is>
+          <t>jacquard ou façonné</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>50265</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Vase Médicis de style Empire</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Faber, Frédéric Théodore / Première Manufacture d'Ixelles,  / Madou,  Jean Baptiste</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1828 - </t>
         </is>
       </c>