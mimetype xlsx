--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -179,480 +179,480 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>91077</v>
+        <v>42328</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Abbaye de Rouge-Cloître (Maison du Prieur)</t>
+          <t>Canards à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>91078</v>
+        <v>56815</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La ferme et le Centre d'Art de Rouge-Cloître</t>
+          <t>Fraîcheur florale</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
-      <c r="H3" s="2"/>
+      <c r="H3" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>41741</v>
+        <v>56819</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Les canards</t>
+          <t>Bouquet</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
-[...1 lines deleted...]
-      <c r="H4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G4" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>41742</v>
+        <v>56823</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Ferme à Rouge-Cloître</t>
+          <t>Au bord de l'étang</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
-[...1 lines deleted...]
-      <c r="H5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>41754</v>
+        <v>56831</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>L'atelier du peintre Borret à Rouge-Cloître</t>
+          <t>Wavre</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E6" s="2"/>
-      <c r="F6" s="2"/>
-[...1 lines deleted...]
-      <c r="H6" s="2"/>
+      <c r="F6" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G6" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>41755</v>
+        <v>91076</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Etang en Sologne</t>
+          <t>Bouquet (rose au centre)</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>41758</v>
+        <v>91077</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles</t>
+          <t>Abbaye de Rouge-Cloître (Maison du Prieur)</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42327</v>
+        <v>91078</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>L'autre parallèle. Les locataires du Rouge-Cloître</t>
+          <t>La ferme et le Centre d'Art de Rouge-Cloître</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
-      <c r="E9" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H9" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>42328</v>
+        <v>41741</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Canards à Rouge-Cloître</t>
+          <t>Les canards</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
-      <c r="G10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>56815</v>
+        <v>41742</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Fraîcheur florale</t>
+          <t>Ferme à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E11" s="2"/>
-      <c r="F11" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>56819</v>
+        <v>41754</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Bouquet</t>
+          <t>L'atelier du peintre Borret à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E12" s="2"/>
-      <c r="F12" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>56823</v>
+        <v>41755</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Au bord de l'étang</t>
+          <t>Etang en Sologne</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
-      <c r="H13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>56831</v>
+        <v>41758</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Wavre</t>
+          <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>91076</v>
+        <v>42327</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Bouquet (rose au centre)</t>
+          <t>L'autre parallèle. Les locataires du Rouge-Cloître</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
-      <c r="E15" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="E15" s="2" t="inlineStr">
+        <is>
+          <t> - 1990</t>
+        </is>
+      </c>
+      <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>41740</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>