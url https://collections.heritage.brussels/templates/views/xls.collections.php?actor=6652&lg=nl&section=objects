--- v1 (2026-01-11)
+++ v2 (2026-02-26)
@@ -179,480 +179,480 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>42328</v>
+        <v>41741</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Canards à Rouge-Cloître</t>
+          <t>Les canards</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
-      <c r="G2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>56815</v>
+        <v>41742</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Fraîcheur florale</t>
+          <t>Ferme à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>56819</v>
+        <v>41754</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Bouquet</t>
+          <t>L'atelier du peintre Borret à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56823</v>
+        <v>41755</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Au bord de l'étang</t>
+          <t>Etang en Sologne</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
-      <c r="H5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>56831</v>
+        <v>41758</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Wavre</t>
+          <t>La Grand-Place de Bruxelles</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
-[...6 lines deleted...]
-      </c>
+          <t>papier, aquarelle</t>
+        </is>
+      </c>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>91076</v>
+        <v>42327</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Bouquet (rose au centre)</t>
+          <t>L'autre parallèle. Les locataires du Rouge-Cloître</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
-      <c r="E7" s="2"/>
-[...4 lines deleted...]
-      </c>
+      <c r="E7" s="2" t="inlineStr">
+        <is>
+          <t> - 1990</t>
+        </is>
+      </c>
+      <c r="F7" s="2"/>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H7" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>91077</v>
+        <v>42328</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Abbaye de Rouge-Cloître (Maison du Prieur)</t>
+          <t>Canards à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E8" s="2"/>
-      <c r="F8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F8" s="2"/>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>91078</v>
+        <v>56815</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>La ferme et le Centre d'Art de Rouge-Cloître</t>
+          <t>Fraîcheur florale</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
-      <c r="H9" s="2"/>
+      <c r="H9" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>41741</v>
+        <v>56819</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Les canards</t>
+          <t>Bouquet</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E10" s="2"/>
-      <c r="F10" s="2"/>
-[...1 lines deleted...]
-      <c r="H10" s="2"/>
+      <c r="F10" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G10" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>41742</v>
+        <v>56823</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Ferme à Rouge-Cloître</t>
+          <t>Au bord de l'étang</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E11" s="2"/>
-      <c r="F11" s="2"/>
-[...1 lines deleted...]
-      <c r="H11" s="2"/>
+      <c r="F11" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G11" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H11" s="2" t="inlineStr">
+        <is>
+          <t>technique de dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>41754</v>
+        <v>56831</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>L'atelier du peintre Borret à Rouge-Cloître</t>
+          <t>Wavre</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E12" s="2"/>
-      <c r="F12" s="2"/>
-[...1 lines deleted...]
-      <c r="H12" s="2"/>
+      <c r="F12" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G12" s="2" t="inlineStr">
+        <is>
+          <t>aquarelle, papier</t>
+        </is>
+      </c>
+      <c r="H12" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>41755</v>
+        <v>91076</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Etang en Sologne</t>
+          <t>Bouquet (rose au centre)</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>peinture</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>41758</v>
+        <v>91077</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>La Grand-Place de Bruxelles</t>
+          <t>Abbaye de Rouge-Cloître (Maison du Prieur)</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42327</v>
+        <v>91078</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>L'autre parallèle. Les locataires du Rouge-Cloître</t>
+          <t>La ferme et le Centre d'Art de Rouge-Cloître</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
-      <c r="E15" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>peinture</t>
+        </is>
+      </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>41740</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Le parc de Bruxelles</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Thomas, Gilberte</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>