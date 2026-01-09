--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,158 +179,158 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>42262</v>
+        <v>56770</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Les ateliers du manège</t>
+          <t>Maison du portier</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
-      <c r="G2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G2" s="2"/>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>42266</v>
+        <v>42262</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Abbaye</t>
+          <t>Les ateliers du manège</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>56767</v>
+        <v>42266</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Automne à Rouge-Cloître</t>
+          <t>Abbaye</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56770</v>
+        <v>56767</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Maison du portier</t>
+          <t>Automne à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2"/>
-      <c r="G5" s="2"/>
+      <c r="F5" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
+      <c r="G5" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile, carton</t>
+        </is>
+      </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>41771</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Les religieuses</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>