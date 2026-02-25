--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -179,158 +179,158 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>56770</v>
+        <v>42262</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Maison du portier</t>
+          <t>Les ateliers du manège</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
-      <c r="G2" s="2"/>
+      <c r="G2" s="2" t="inlineStr">
+        <is>
+          <t>peinture à l'huile</t>
+        </is>
+      </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>42262</v>
+        <v>42266</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Les ateliers du manège</t>
+          <t>Abbaye</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>42266</v>
+        <v>56767</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Abbaye</t>
+          <t>Automne à Rouge-Cloître</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>tableau</t>
+        </is>
+      </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56767</v>
+        <v>56770</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Automne à Rouge-Cloître</t>
+          <t>Maison du portier</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E5" s="2"/>
-      <c r="F5" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>41771</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Les religieuses</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
@@ -563,108 +563,108 @@
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>pastel</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>41852</v>
+        <v>41858</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le moine penseur</t>
+          <t>L'artiste</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>41858</v>
+        <v>41852</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>L'artiste</t>
+          <t>Le moine penseur</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>41853</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Zénith</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>