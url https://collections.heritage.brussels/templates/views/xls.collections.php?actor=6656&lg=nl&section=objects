--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -563,355 +563,355 @@
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1991 - </t>
         </is>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>pastel</t>
         </is>
       </c>
       <c r="H13" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>41852</v>
+        <v>41858</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le moine penseur</t>
+          <t>L'artiste</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile</t>
+          <t>peinture à l'huile, carton</t>
         </is>
       </c>
       <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>41858</v>
+        <v>41852</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>L'artiste</t>
+          <t>Le moine penseur</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1992 - </t>
         </is>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton</t>
+          <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>41853</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Zénith</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1999 - </t>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
       <c r="H16" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>41766</v>
+        <v>41854</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Le pélerin</t>
+          <t>Jeune paysan</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F17" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F17" s="2"/>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>fusain</t>
-[...6 lines deleted...]
-      </c>
+          <t>peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H17" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>41770</v>
+        <v>41855</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>La maison des Arts de Rouge-Cloître</t>
+          <t>Ferme brabançonne</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
-      <c r="H18" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H18" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>41773</v>
+        <v>41856</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Eglise de Calan (Bretagne)</t>
+          <t>Les paysans</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F19" s="2"/>
-      <c r="G19" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>41851</v>
+        <v>41766</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>La théière </t>
+          <t>Le pélerin</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
-      <c r="F20" s="2"/>
-[...1 lines deleted...]
-      <c r="H20" s="2"/>
+      <c r="F20" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G20" s="2" t="inlineStr">
+        <is>
+          <t>fusain</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr">
+        <is>
+          <t>dessin</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>41854</v>
+        <v>41770</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Jeune paysan</t>
+          <t>La maison des Arts de Rouge-Cloître</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
-      <c r="H21" s="2"/>
+      <c r="H21" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>41855</v>
+        <v>41773</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Ferme brabançonne</t>
+          <t>Eglise de Calan (Bretagne)</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile</t>
         </is>
       </c>
-      <c r="H22" s="2"/>
+      <c r="H22" s="2" t="inlineStr">
+        <is>
+          <t>technique de peinture</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>41856</v>
+        <v>41851</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les paysans</t>
+          <t>La théière </t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Mathy, Jacques</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>s.d. - </t>
         </is>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>