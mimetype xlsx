--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -188,131 +188,131 @@
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>77349</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>La baigneuse, dite danseuse nue</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1923 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>77348</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Nu de femme, dit de l’U.A.M</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1931 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>statue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>terre cuite</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>technique de sculpture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>102821</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Médaille plaquette Sofina</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Musée David et Alice Van Buuren</t>
+          <t>Musée David et Alice van Buuren</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Martel, Jean / Martel, Joël</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1935 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>numismatique</t>
         </is>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">