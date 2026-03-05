--- v1 (2026-01-11)
+++ v2 (2026-03-05)
@@ -353,51 +353,51 @@
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>technique photographique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>36843</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Triptyque destiné à la salle gothique de l'hôtel de ville de Bruxelles</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Ghémar, Louis-Joseph</t>
+          <t>Ghémar, Louis</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1868 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>