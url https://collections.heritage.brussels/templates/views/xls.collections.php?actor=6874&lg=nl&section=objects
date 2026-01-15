--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -219,125 +219,125 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1876 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>43342</v>
+        <v>42540</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame avec l'Enfant et des saints</t>
+          <t>Délivrance de saint Pierre par un ange</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Coucke,  Samuël</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1877 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>verre, plomb</t>
+          <t>verre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre</t>
+          <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>42540</v>
+        <v>43342</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Délivrance de saint Pierre par un ange</t>
+          <t>Notre-Dame avec l'Enfant et des saints</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Coucke,  Samuël</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1877 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>verre</t>
+          <t>verre, plomb</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>technique du vitrail</t>
+          <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>42541</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Jésus appelle Simon-Pierre sur les bords du lac de Tibériade</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Collégiale Saints-Pierre-et-Guidon </t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Coucke,  Samuël</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1892 - </t>