--- v0 (2025-11-15)
+++ v1 (2026-01-29)
@@ -459,375 +459,375 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42561</v>
+        <v>42553</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Apparition du Sacré-Coeur à sainte Marguerite-Marie Alacocque</t>
+          <t>Baptême du Christ par saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1938</t>
+          <t>1937 - 1937</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>42553</v>
+        <v>42555</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Baptême du Christ par saint Jean-Baptiste</t>
+          <t>Résurrection du Christ</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1937</t>
+          <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>42555</v>
+        <v>42556</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Résurrection du Christ</t>
+          <t>Notre-Dame au secours des Pauvres</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1938</t>
+          <t>1937 - 1937</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>42556</v>
+        <v>42557</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame au secours des Pauvres</t>
+          <t>Apparition de Notre-Dame à Bernadette Soubirous à Lourdes</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1937 - 1937</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>42557</v>
+        <v>42559</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Apparition de Notre-Dame à Bernadette Soubirous à Lourdes</t>
+          <t>Nativité</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1937 - 1937</t>
+          <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>42559</v>
+        <v>42560</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Nativité</t>
+          <t>le Christ Roi</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42560</v>
+        <v>42561</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>le Christ Roi</t>
+          <t>Apparition du Sacré-Coeur à sainte Marguerite-Marie Alacocque</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1937 - 1938</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>42562</v>
+        <v>42558</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>saint Georges terrassant le dragon</t>
+          <t>Imposition de la barrette cardinale à saint Albert de Louvain, évêque de Liège, par le pape Céleste </t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1938 - 1938</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>42558</v>
+        <v>42562</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Imposition de la barrette cardinale à saint Albert de Louvain, évêque de Liège, par le pape Céleste </t>
+          <t>saint Georges terrassant le dragon</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1938 - 1938</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>