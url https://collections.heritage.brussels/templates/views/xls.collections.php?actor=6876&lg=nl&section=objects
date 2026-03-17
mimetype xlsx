--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -179,95 +179,95 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>43658</v>
+        <v>43659</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>L'Annonciation</t>
+          <t>La naissance du Christ</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Strebelle,  Rodolphe / Colpaert [atelier],</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1931 - 1931</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>43659</v>
+        <v>43658</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>La naissance du Christ</t>
+          <t>L'Annonciation</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Strebelle,  Rodolphe / Colpaert [atelier],</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1931 - 1931</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
@@ -299,205 +299,205 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1934 - 1934</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>43009</v>
+        <v>43660</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>Sainte Trinité et anges thuriféraires</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Eglise de la Sainte-Trinité</t>
+          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Crespin, Louis-Charles / Colpaert [atelier]</t>
+          <t>Anto-Carte, (Antoine) / Colpaert [atelier]</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1945</t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>technique du vitrail</t>
+          <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>43660</v>
+        <v>43661</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Sainte Trinité et anges thuriféraires</t>
+          <t>Scènes de la vie de saint Boniface de Lausanne</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Anto-Carte, (Antoine) / Colpaert [atelier]</t>
+          <t>Navez, Léon / Colpaert [atelier]</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1935 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>43661</v>
+        <v>43662</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie de saint Boniface de Lausanne</t>
+          <t>Scènes de la vie de sainte Alice de Schaerbeek</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Navez, Léon / Colpaert [atelier]</t>
+          <t>Crespin, Louis-Charles / Colpaert [atelier]</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1935 - </t>
+          <t>1935 - 1935</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>43662</v>
+        <v>43009</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Scènes de la vie de sainte Alice de Schaerbeek</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>Eglise Notre-Dame de la Cambre et Saint-Philippe Néri</t>
+          <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Crespin, Louis-Charles / Colpaert [atelier]</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1935 - 1935</t>
+          <t>1935 - 1945</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>peinture sur verre</t>
+          <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>42553</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Baptême du Christ par saint Jean-Baptiste</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Colpaert [atelier],  / Crespin, Louis-Charles</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1937 - 1937</t>