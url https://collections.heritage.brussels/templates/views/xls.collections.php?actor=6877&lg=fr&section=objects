--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -219,542 +219,542 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1891 - 1900</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>42552</v>
+        <v>42571</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Dieu le père</t>
+          <t>saint Antoine de Padoue</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>42564</v>
+        <v>42572</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>saint Louis</t>
+          <t>saint Joseph</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>42565</v>
+        <v>42573</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Notre-Dame de Bon-Secours</t>
+          <t>Saint Hubert</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>42566</v>
+        <v>42574</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>sainte Adèle</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1900</t>
+          <t>1895 - 1895</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
-      <c r="G6" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>42567</v>
+        <v>42576</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>saint Félix</t>
+          <t>vitrail</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1900</t>
+          <t>1895 - 1895</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>42568</v>
+        <v>42552</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>sainte Anne</t>
+          <t>Dieu le père</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42569</v>
+        <v>42564</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>sainte Barbe</t>
+          <t>saint Louis</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>42570</v>
+        <v>42565</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>saint Charles Borromée</t>
+          <t>Notre-Dame de Bon-Secours</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>42571</v>
+        <v>42566</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>saint Antoine de Padoue</t>
+          <t>sainte Adèle</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>42572</v>
+        <v>42567</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>saint Joseph</t>
+          <t>saint Félix</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>42573</v>
+        <v>42568</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Saint Hubert</t>
+          <t>sainte Anne</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>42574</v>
+        <v>42569</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>sainte Barbe</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1895</t>
+          <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
-      <c r="G14" s="2"/>
-      <c r="H14" s="2"/>
+      <c r="G14" s="2" t="inlineStr">
+        <is>
+          <t>verre, plomb</t>
+        </is>
+      </c>
+      <c r="H14" s="2" t="inlineStr">
+        <is>
+          <t>peinture sur verre</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42576</v>
+        <v>42570</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>vitrail</t>
+          <t>saint Charles Borromée</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Eglise de la Sainte-Trinité</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>de Contini,  L.</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1895 - 1895</t>
+          <t>1895 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>