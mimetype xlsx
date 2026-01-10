--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -255,5685 +255,5685 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>42975</v>
+        <v>42741</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Etude : nu masculin</t>
+          <t>Dame en vêtement traditionnel</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>42795</v>
+        <v>42742</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>La Meuse (Anseremme)</t>
+          <t>Jeune Femme Blonde</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>42976</v>
+        <v>42743</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Leçon de chant</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>42796</v>
+        <v>42744</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois</t>
+          <t>La Visiteuse</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>42981</v>
+        <v>42673</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Croquis d'une femme debout (fragment)</t>
+          <t>Automne pluvieux</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42797</v>
+        <v>42745</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Crépuscule (Uccle)</t>
+          <t>Etude de mains</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>42990</v>
+        <v>42746</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme moustachu</t>
+          <t>Accessoires</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>aquarelle, papier, gouache</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>42798</v>
+        <v>42747</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Canal (brouillard)</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>42992</v>
+        <v>42676</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Arbres en hiver</t>
+          <t>Parc du château de Haren</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>42799</v>
+        <v>42748</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Paysage. Saint-Job. Le talus</t>
+          <t>Accessoires</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1898</t>
+          <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>43250</v>
+        <v>42749</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le Parc du Château à Haren</t>
+          <t>Le ruisseau</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42800</v>
+        <v>42678</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Rocher Bayard (paysage et rivière)</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>43252</v>
+        <v>42750</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Porte de Hal (soleil couchant)</t>
+          <t>La Femme au Serpent</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>43257</v>
+        <v>42679</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Sur la terrasse</t>
+          <t>Une journée d'été. Le matin (esquisse)</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>42802</v>
+        <v>42680</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Neige vierge. Boulevard</t>
+          <t>Une journée d'été. Le matin</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>42803</v>
+        <v>42752</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois fleuri</t>
+          <t>Projet pour "Femme étendue"</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>43261</v>
+        <v>42681</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Speekaert-Demanet</t>
+          <t>Une journée d'été. Le soir</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>42804</v>
+        <v>42753</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Chemin. Ruisseau</t>
+          <t>Chemin à Haren</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>42805</v>
+        <v>42682</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Chemin. Ruisseau</t>
+          <t>La Meuse (Matin) (esquisse)</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>43263</v>
+        <v>42754</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Les petits pêcheurs (Calevoet)</t>
+          <t>La Cour d'Honneur (Villers-la-Ville)</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1880</t>
+          <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>42806</v>
+        <v>42683</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois. Chemin</t>
+          <t>L'Escaut (crépuscule)</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>43707</v>
+        <v>42755</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme blonde</t>
+          <t>Zouave au bloc</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>43708</v>
+        <v>42684</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme bruxelloise</t>
+          <t>La Femme à l'Iris</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>43710</v>
+        <v>42779</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Vieille cour (ancien Bruxelles)</t>
+          <t>Coquille d'anémones</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>43711</v>
+        <v>42685</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Un Chemineau</t>
+          <t>Retiré des Affaires (Maison paternelle)</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>43712</v>
+        <v>42780</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Poule noire</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>42812</v>
+        <v>42686</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Loth et ses filles fuyant Sodome</t>
+          <t>Les deux bouquets</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>42813</v>
+        <v>42781</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Episode du Déluge. Le sacrifice</t>
+          <t>Déjeuner de Carême</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>43714</v>
+        <v>42687</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Un miséreux</t>
+          <t>Un Vieux Flamand</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>42814</v>
+        <v>42782</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Homme nu dans une cellule</t>
+          <t>Les Gloires de Dijon</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>43715</v>
+        <v>42688</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Femme préparant le café</t>
+          <t>Une journée d'été. (Le soir)</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>42815</v>
+        <v>42783</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Découverte de deux nouveaux-nés</t>
+          <t>Nature morte</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>42816</v>
+        <v>42689</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>La Pauvreté</t>
+          <t>La Justice de Baudouin à la Hache (Bruges, 1111) (panneau de gauche)</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>43718</v>
+        <v>42784</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck, Syphon des Trois Trous (après la pluie)</t>
+          <t>Vénitien</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>42817</v>
+        <v>42690</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>La Nappe</t>
+          <t>Assassinat d'Evrard 'T Serclaes Gaasbeek (1356) (panneau central)</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>42818</v>
+        <v>42785</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Coin de jardin</t>
+          <t>Vieille femme au bichon</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>66105</v>
+        <v>42691</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>La méditation</t>
+          <t>Le Camp Flamand de Nicolas Zannekin Cassel (1328) (panneau de droite)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>42819</v>
+        <v>42727</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Les Petits du village</t>
+          <t>Tête de fillette</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>66106</v>
+        <v>42728</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Les deux derniers. Le déluge</t>
+          <t>Tête de vieillard</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>42820</v>
+        <v>42729</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>La lessive</t>
+          <t>La Fileuse</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>42821</v>
+        <v>42658</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Vieille cabane</t>
+          <t>Canal de Willebroeck : La chevrette</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>42822</v>
+        <v>42730</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Coin de jardin. Le tapis</t>
+          <t>La buveuse de Schnik</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>42786</v>
+        <v>42731</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Jeune garçon</t>
+          <t>Jeune fille brune</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>42823</v>
+        <v>42660</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>La causette dans la prairie</t>
+          <t>Canal de Willebroeck (étude)</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>42787</v>
+        <v>42732</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Homme barbu</t>
+          <t>Vieillard ou Portrait de Madier-Monjeau (exilé français)</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier, carton</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>42788</v>
+        <v>42661</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Homme à la casquette</t>
+          <t>Pont des Vanniers (Nuit). (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>42789</v>
+        <v>42733</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Jeune homme</t>
+          <t>L'Enfant Prodigue</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>42829</v>
+        <v>42662</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Le petit déjeuner de Léopold Speekaert</t>
+          <t>Coquelicots</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>42790</v>
+        <v>42734</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Jeune veuve wallonne</t>
+          <t>La Femme au Chien</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>42791</v>
+        <v>42663</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille blonde de profil</t>
+          <t>La Sennette à Evere</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>42792</v>
+        <v>42735</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Femme au chapeau</t>
+          <t>La Liseuse</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>42793</v>
+        <v>42736</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Jeune femme flamande</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>42969</v>
+        <v>42665</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Etude : tête d'homme</t>
+          <t>Porte de Hal (le soir)</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>42682</v>
+        <v>42737</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>La Meuse (Matin) (esquisse)</t>
+          <t>Au Piano</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>42754</v>
+        <v>42738</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>La Cour d'Honneur (Villers-la-Ville)</t>
+          <t>Ancienne carrière de sable de Saint-Gilles</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>42683</v>
+        <v>42739</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>L'Escaut (crépuscule)</t>
+          <t>Ancienne carrière de sable de Saint-Gilles</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>42755</v>
+        <v>42740</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Zouave au bloc</t>
+          <t>Vulcain</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>42684</v>
+        <v>96815</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>La Femme à l'Iris</t>
+          <t>Méditation</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>42779</v>
+        <v>96816</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Coquille d'anémones</t>
+          <t>Champ d'avoine</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>42685</v>
+        <v>66107</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Retiré des Affaires (Maison paternelle)</t>
+          <t>Le veston rouge</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>42780</v>
+        <v>66109</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Poule noire</t>
+          <t>Bord de Meuse</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>42686</v>
+        <v>66111</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Les deux bouquets</t>
+          <t>Fermière brabançonne</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>42781</v>
+        <v>66113</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Déjeuner de Carême</t>
+          <t>La Bohémienne</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>42687</v>
+        <v>66115</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Un Vieux Flamand</t>
+          <t>La bruyère fleurie (Villers)</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>42782</v>
+        <v>66116</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Les Gloires de Dijon</t>
+          <t>Sous les vieux saules</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>42688</v>
+        <v>66117</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. (Le soir)</t>
+          <t>Salle de dissection. Ancien Hôpital Saint-Pierre (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>bois, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>42783</v>
+        <v>66118</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Nature morte</t>
+          <t>Education d'Azor (Canotiers)</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>42689</v>
+        <v>66119</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>La Justice de Baudouin à la Hache (Bruges, 1111) (panneau de gauche)</t>
+          <t>Le Givre</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>42784</v>
+        <v>66161</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Vénitien</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>42690</v>
+        <v>66162</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Assassinat d'Evrard 'T Serclaes Gaasbeek (1356) (panneau central)</t>
+          <t>Marché</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>42785</v>
+        <v>66163</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Vieille femme au bichon</t>
+          <t>Étang de Saint-Job</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>42691</v>
+        <v>66164</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Le Camp Flamand de Nicolas Zannekin Cassel (1328) (panneau de droite)</t>
+          <t>Canal de Willebroeck : avirons</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>42727</v>
+        <v>66165</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Tête de fillette</t>
+          <t>Chemin de campagne</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>42728</v>
+        <v>66166</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Tête de vieillard</t>
+          <t>Paysage rural</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>42729</v>
+        <v>66167</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>La Fileuse</t>
+          <t>Canal de Willebroeck</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>42658</v>
+        <v>66168</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck : La chevrette</t>
+          <t>Les cabourons</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>42730</v>
+        <v>66169</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>La buveuse de Schnik</t>
+          <t>Bord de Meuse</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>42731</v>
+        <v>66360</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille brune</t>
+          <t>Le gouffre</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>42660</v>
+        <v>66361</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck (étude)</t>
+          <t>Les plaies sociales. La guerre</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>42732</v>
+        <v>66362</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Vieillard ou Portrait de Madier-Monjeau (exilé français)</t>
+          <t>Les plaies sociales. L'alcoolisme</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>42661</v>
+        <v>66363</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Pont des Vanniers (Nuit). (Ancien Bruxelles)</t>
+          <t>Les plaies sociales. La dîme</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>42733</v>
+        <v>66364</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant Prodigue</t>
+          <t>Le ruisseau</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>42662</v>
+        <v>66365</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Coquelicots</t>
+          <t>La Senne (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
-          <t>panneau, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>42734</v>
+        <v>66366</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>La Femme au Chien</t>
+          <t>Avant le bal masqué</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>42663</v>
+        <v>66369</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>La Sennette à Evere</t>
+          <t>Les toits (Ancien Ten-Noey)</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>panneau, toile, peinture à l'huile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>42735</v>
+        <v>96800</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>La Liseuse</t>
+          <t>Le printemps</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>42736</v>
+        <v>96813</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme flamande</t>
+          <t>Vieux braconnier wallon</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>42665</v>
+        <v>96814</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Porte de Hal (le soir)</t>
+          <t>Nu couché</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>42737</v>
+        <v>42791</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Au Piano</t>
+          <t>Jeune fille blonde de profil</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>42738</v>
+        <v>42792</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Ancienne carrière de sable de Saint-Gilles</t>
+          <t>Femme au chapeau</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>42739</v>
+        <v>42793</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Ancienne carrière de sable de Saint-Gilles</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>42740</v>
+        <v>42969</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Vulcain</t>
+          <t>Etude : tête d'homme</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>42741</v>
+        <v>42975</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Dame en vêtement traditionnel</t>
+          <t>Etude : nu masculin</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>42742</v>
+        <v>42795</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Jeune Femme Blonde</t>
+          <t>La Meuse (Anseremme)</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>42743</v>
+        <v>42976</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Leçon de chant</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>42744</v>
+        <v>42796</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>La Visiteuse</t>
+          <t>Sous-bois</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>42673</v>
+        <v>42981</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Automne pluvieux</t>
+          <t>Croquis d'une femme debout (fragment)</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>42745</v>
+        <v>42797</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Etude de mains</t>
+          <t>Crépuscule (Uccle)</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>42746</v>
+        <v>42990</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Accessoires</t>
+          <t>Portrait d'homme moustachu</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, gouache</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>42747</v>
+        <v>42798</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Canal (brouillard)</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>42676</v>
+        <v>42992</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Parc du château de Haren</t>
+          <t>Arbres en hiver</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>42748</v>
+        <v>42799</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Accessoires</t>
+          <t>Paysage. Saint-Job. Le talus</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1915</t>
+          <t>1834 - 1898</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>42749</v>
+        <v>43250</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Le ruisseau</t>
+          <t>Le Parc du Château à Haren</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>42678</v>
+        <v>42800</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Rocher Bayard (paysage et rivière)</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>42750</v>
+        <v>43252</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>La Femme au Serpent</t>
+          <t>Porte de Hal (soleil couchant)</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>42679</v>
+        <v>43257</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. Le matin (esquisse)</t>
+          <t>Sur la terrasse</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>42680</v>
+        <v>42802</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. Le matin</t>
+          <t>Neige vierge. Boulevard</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>42752</v>
+        <v>42803</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Projet pour "Femme étendue"</t>
+          <t>Sous-bois fleuri</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>42681</v>
+        <v>43261</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. Le soir</t>
+          <t>Portrait de Madame Speekaert-Demanet</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>42753</v>
+        <v>42804</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Chemin à Haren</t>
+          <t>Chemin. Ruisseau</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>66119</v>
+        <v>42805</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Le Givre</t>
+          <t>Chemin. Ruisseau</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>66161</v>
+        <v>43263</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Les petits pêcheurs (Calevoet)</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1915</t>
+          <t>1834 - 1880</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>66162</v>
+        <v>42806</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Marché</t>
+          <t>Sous-bois. Chemin</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>66163</v>
+        <v>43707</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Étang de Saint-Job</t>
+          <t>Jeune femme blonde</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>66164</v>
+        <v>43708</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck : avirons</t>
+          <t>Jeune femme bruxelloise</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>66165</v>
+        <v>43710</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Chemin de campagne</t>
+          <t>Vieille cour (ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>66166</v>
+        <v>43711</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Paysage rural</t>
+          <t>Un Chemineau</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>66167</v>
+        <v>43712</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>66168</v>
+        <v>42812</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Les cabourons</t>
+          <t>Loth et ses filles fuyant Sodome</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>66169</v>
+        <v>42813</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Bord de Meuse</t>
+          <t>Episode du Déluge. Le sacrifice</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>66360</v>
+        <v>43714</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Le gouffre</t>
+          <t>Un miséreux</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>66361</v>
+        <v>42814</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Les plaies sociales. La guerre</t>
+          <t>Homme nu dans une cellule</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>66362</v>
+        <v>43715</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Les plaies sociales. L'alcoolisme</t>
+          <t>Femme préparant le café</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>66363</v>
+        <v>42815</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Les plaies sociales. La dîme</t>
+          <t>Découverte de deux nouveaux-nés</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>66364</v>
+        <v>42816</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>Le ruisseau</t>
+          <t>La Pauvreté</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>66365</v>
+        <v>43718</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>La Senne (Ancien Bruxelles)</t>
+          <t>Canal de Willebroeck, Syphon des Trois Trous (après la pluie)</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>66366</v>
+        <v>42817</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Avant le bal masqué</t>
+          <t>La Nappe</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>66369</v>
+        <v>42818</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Les toits (Ancien Ten-Noey)</t>
+          <t>Coin de jardin</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>96800</v>
+        <v>66105</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>Le printemps</t>
+          <t>La méditation</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>96813</v>
+        <v>42819</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Vieux braconnier wallon</t>
+          <t>Les Petits du village</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>96814</v>
+        <v>66106</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Nu couché</t>
+          <t>Les deux derniers. Le déluge</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>96815</v>
+        <v>42820</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Méditation</t>
+          <t>La lessive</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>96816</v>
+        <v>42821</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Champ d'avoine</t>
+          <t>Vieille cabane</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>66107</v>
+        <v>42822</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Le veston rouge</t>
+          <t>Coin de jardin. Le tapis</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>66109</v>
+        <v>42786</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Bord de Meuse</t>
+          <t>Jeune garçon</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>66111</v>
+        <v>42823</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>Fermière brabançonne</t>
+          <t>La causette dans la prairie</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>66113</v>
+        <v>42787</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>La Bohémienne</t>
+          <t>Homme barbu</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier, carton</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>66115</v>
+        <v>42788</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>La bruyère fleurie (Villers)</t>
+          <t>Homme à la casquette</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>66116</v>
+        <v>42789</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Sous les vieux saules</t>
+          <t>Jeune homme</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>66117</v>
+        <v>42829</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Salle de dissection. Ancien Hôpital Saint-Pierre (Ancien Bruxelles)</t>
+          <t>Le petit déjeuner de Léopold Speekaert</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>66118</v>
+        <v>42790</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Education d'Azor (Canotiers)</t>
+          <t>Jeune veuve wallonne</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>42751</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Femme étendue</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1853 - 1915</t>
@@ -6215,276 +6215,276 @@
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1861 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre, papier, carton</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>42927</v>
+        <v>42955</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme à la fourrure</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H153" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H153" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>42955</v>
+        <v>42956</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Portrait de jeune homme</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>42956</v>
+        <v>42927</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Portrait de jeune homme</t>
+          <t>Portrait de femme à la fourrure</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H155" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
         <v>42671</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Champ cultivé (Saint-Gilles 1864)</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1864 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>43713</v>
+        <v>66112</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Une vieille de la rue</t>
+          <t>L'oracle de la prairie</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1865 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>66112</v>
+        <v>43713</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>L'oracle de la prairie</t>
+          <t>Une vieille de la rue</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1865 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
         <v>43258</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
           <t>La Baigneuse au Papillon</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
@@ -6531,640 +6531,640 @@
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>43716</v>
+        <v>66114</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Les toits sous la neige (Ancien Ten Noey)</t>
+          <t>Marché des Récollets (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1868 - 1876</t>
+          <t>1868 - </t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>66114</v>
+        <v>43716</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Marché des Récollets (Ancien Bruxelles)</t>
+          <t>Les toits sous la neige (Ancien Ten Noey)</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1868 - </t>
+          <t>1868 - 1876</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
         <v>42672</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
           <t>Prairie à Haren (Soir)</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E163" s="2" t="inlineStr">
         <is>
           <t>1870 - </t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G163" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="n">
-        <v>42659</v>
+        <v>42674</v>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck</t>
+          <t>Le Gros Tilleul à Evere</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D164" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E164" s="2" t="inlineStr">
         <is>
           <t>1871 - </t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G164" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="n">
-        <v>42674</v>
+        <v>42675</v>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Le Gros Tilleul à Evere</t>
+          <t>Une embellie (Haren)</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D165" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E165" s="2" t="inlineStr">
         <is>
-          <t>1871 - </t>
+          <t>1871 - 1873</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G165" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="n">
-        <v>42675</v>
+        <v>42659</v>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Une embellie (Haren)</t>
+          <t>Canal de Willebroeck</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E166" s="2" t="inlineStr">
         <is>
-          <t>1871 - 1873</t>
+          <t>1871 - </t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G166" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="n">
         <v>66355</v>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
           <t>La première pose</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D167" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E167" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G167" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="n">
-        <v>42657</v>
+        <v>42677</v>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck : Un matin</t>
+          <t>Paysage (La Senne)</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D168" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E168" s="2" t="inlineStr">
         <is>
           <t>1876 - </t>
         </is>
       </c>
       <c r="F168" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G168" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="n">
-        <v>42677</v>
+        <v>42657</v>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>Paysage (La Senne)</t>
+          <t>Canal de Willebroeck : Un matin</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D169" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1876 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>42794</v>
+        <v>42670</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Les tournesols (Saint-Job)</t>
+          <t>Etang (Saint-Job). Les canards</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1881</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>42801</v>
+        <v>42666</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Le Givre. Boulevard</t>
+          <t>Paysage (Uccle la nuit)</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1890</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>42666</v>
+        <v>42668</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Paysage (Uccle la nuit)</t>
+          <t>Etang à Saint-Job (Soleil)</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1881</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>42668</v>
+        <v>42669</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Etang à Saint-Job (Soleil)</t>
+          <t>Etang de Saint-Job</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1881</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
           <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
-        <v>42669</v>
+        <v>42794</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Etang de Saint-Job</t>
+          <t>Les tournesols (Saint-Job)</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1881</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G174" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="n">
-        <v>42670</v>
+        <v>42801</v>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Etang (Saint-Job). Les canards</t>
+          <t>Le Givre. Boulevard</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D175" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E175" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1890</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="n">
         <v>42664</v>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
           <t>Prairie (Automne, Saint-Job)</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D176" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>