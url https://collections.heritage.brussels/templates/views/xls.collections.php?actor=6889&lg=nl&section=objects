--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -255,5685 +255,5685 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1801 - 1900</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>42741</v>
+        <v>42736</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Dame en vêtement traditionnel</t>
+          <t>Jeune femme flamande</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>42742</v>
+        <v>42665</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Jeune Femme Blonde</t>
+          <t>Porte de Hal (le soir)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>42743</v>
+        <v>42737</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Leçon de chant</t>
+          <t>Au Piano</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>42744</v>
+        <v>42738</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>La Visiteuse</t>
+          <t>Ancienne carrière de sable de Saint-Gilles</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>42673</v>
+        <v>42739</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Automne pluvieux</t>
+          <t>Ancienne carrière de sable de Saint-Gilles</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42745</v>
+        <v>42740</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Etude de mains</t>
+          <t>Vulcain</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>42746</v>
+        <v>42741</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Accessoires</t>
+          <t>Dame en vêtement traditionnel</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier, gouache</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>42747</v>
+        <v>42742</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Canal (brouillard)</t>
+          <t>Jeune Femme Blonde</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>42676</v>
+        <v>42743</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Parc du château de Haren</t>
+          <t>Leçon de chant</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>42748</v>
+        <v>42744</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Accessoires</t>
+          <t>La Visiteuse</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>aquarelle, papier</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>42749</v>
+        <v>42673</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Le ruisseau</t>
+          <t>Automne pluvieux</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>aquarelle</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>42678</v>
+        <v>42745</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Rocher Bayard (paysage et rivière)</t>
+          <t>Etude de mains</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>42750</v>
+        <v>42746</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>La Femme au Serpent</t>
+          <t>Accessoires</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>aquarelle, papier, gouache</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>42679</v>
+        <v>42747</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. Le matin (esquisse)</t>
+          <t>Canal (brouillard)</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>42680</v>
+        <v>42676</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. Le matin</t>
+          <t>Parc du château de Haren</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>42752</v>
+        <v>42748</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Projet pour "Femme étendue"</t>
+          <t>Accessoires</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>aquarelle, papier</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>42681</v>
+        <v>42749</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. Le soir</t>
+          <t>Le ruisseau</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>aquarelle</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>42753</v>
+        <v>42678</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Chemin à Haren</t>
+          <t>Rocher Bayard (paysage et rivière)</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>42682</v>
+        <v>42750</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>La Meuse (Matin) (esquisse)</t>
+          <t>La Femme au Serpent</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>42754</v>
+        <v>42679</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La Cour d'Honneur (Villers-la-Ville)</t>
+          <t>Une journée d'été. Le matin (esquisse)</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>42683</v>
+        <v>42680</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>L'Escaut (crépuscule)</t>
+          <t>Une journée d'été. Le matin</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>42755</v>
+        <v>42752</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Zouave au bloc</t>
+          <t>Projet pour "Femme étendue"</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>42684</v>
+        <v>42681</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>La Femme à l'Iris</t>
+          <t>Une journée d'été. Le soir</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>42779</v>
+        <v>42753</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Coquille d'anémones</t>
+          <t>Chemin à Haren</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>42685</v>
+        <v>42682</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Retiré des Affaires (Maison paternelle)</t>
+          <t>La Meuse (Matin) (esquisse)</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>42780</v>
+        <v>42754</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Poule noire</t>
+          <t>La Cour d'Honneur (Villers-la-Ville)</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>42686</v>
+        <v>42683</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Les deux bouquets</t>
+          <t>L'Escaut (crépuscule)</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>42781</v>
+        <v>42755</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Déjeuner de Carême</t>
+          <t>Zouave au bloc</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>42687</v>
+        <v>42684</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Un Vieux Flamand</t>
+          <t>La Femme à l'Iris</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>42782</v>
+        <v>42779</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Les Gloires de Dijon</t>
+          <t>Coquille d'anémones</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>42688</v>
+        <v>42685</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Une journée d'été. (Le soir)</t>
+          <t>Retiré des Affaires (Maison paternelle)</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>42783</v>
+        <v>42780</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Nature morte</t>
+          <t>Poule noire</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>42689</v>
+        <v>42686</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>La Justice de Baudouin à la Hache (Bruges, 1111) (panneau de gauche)</t>
+          <t>Les deux bouquets</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>42784</v>
+        <v>42781</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Vénitien</t>
+          <t>Déjeuner de Carême</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>42690</v>
+        <v>42687</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Assassinat d'Evrard 'T Serclaes Gaasbeek (1356) (panneau central)</t>
+          <t>Un Vieux Flamand</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>42785</v>
+        <v>42782</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Vieille femme au bichon</t>
+          <t>Les Gloires de Dijon</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>42691</v>
+        <v>42688</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Le Camp Flamand de Nicolas Zannekin Cassel (1328) (panneau de droite)</t>
+          <t>Une journée d'été. (Le soir)</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>42727</v>
+        <v>42783</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Tête de fillette</t>
+          <t>Nature morte</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>42728</v>
+        <v>42689</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Tête de vieillard</t>
+          <t>La Justice de Baudouin à la Hache (Bruges, 1111) (panneau de gauche)</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>42729</v>
+        <v>42784</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>La Fileuse</t>
+          <t>Vénitien</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>42658</v>
+        <v>42690</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck : La chevrette</t>
+          <t>Assassinat d'Evrard 'T Serclaes Gaasbeek (1356) (panneau central)</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>42730</v>
+        <v>42785</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>La buveuse de Schnik</t>
+          <t>Vieille femme au bichon</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>42731</v>
+        <v>42691</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille brune</t>
+          <t>Le Camp Flamand de Nicolas Zannekin Cassel (1328) (panneau de droite)</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>42660</v>
+        <v>42727</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck (étude)</t>
+          <t>Tête de fillette</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>42732</v>
+        <v>42728</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Vieillard ou Portrait de Madier-Monjeau (exilé français)</t>
+          <t>Tête de vieillard</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>42661</v>
+        <v>42729</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Pont des Vanniers (Nuit). (Ancien Bruxelles)</t>
+          <t>La Fileuse</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>42733</v>
+        <v>42658</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>L'Enfant Prodigue</t>
+          <t>Canal de Willebroeck : La chevrette</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>42662</v>
+        <v>42730</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Coquelicots</t>
+          <t>La buveuse de Schnik</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
-          <t>panneau, toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>42734</v>
+        <v>42731</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>La Femme au Chien</t>
+          <t>Jeune fille brune</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>42663</v>
+        <v>42660</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>La Sennette à Evere</t>
+          <t>Canal de Willebroeck (étude)</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
-          <t>panneau, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>42735</v>
+        <v>42732</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>La Liseuse</t>
+          <t>Vieillard ou Portrait de Madier-Monjeau (exilé français)</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>42736</v>
+        <v>42661</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme flamande</t>
+          <t>Pont des Vanniers (Nuit). (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>42665</v>
+        <v>42733</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Porte de Hal (le soir)</t>
+          <t>L'Enfant Prodigue</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>42737</v>
+        <v>42662</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Au Piano</t>
+          <t>Coquelicots</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>panneau, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>42738</v>
+        <v>42734</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Ancienne carrière de sable de Saint-Gilles</t>
+          <t>La Femme au Chien</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>42739</v>
+        <v>42663</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Ancienne carrière de sable de Saint-Gilles</t>
+          <t>La Sennette à Evere</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>panneau, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>42740</v>
+        <v>42735</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Vulcain</t>
+          <t>La Liseuse</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>96815</v>
+        <v>43257</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Méditation</t>
+          <t>Sur la terrasse</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>96816</v>
+        <v>42802</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Champ d'avoine</t>
+          <t>Neige vierge. Boulevard</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>66107</v>
+        <v>42803</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Le veston rouge</t>
+          <t>Sous-bois fleuri</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>66109</v>
+        <v>43261</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Bord de Meuse</t>
+          <t>Portrait de Madame Speekaert-Demanet</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>66111</v>
+        <v>42804</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Fermière brabançonne</t>
+          <t>Chemin. Ruisseau</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>66113</v>
+        <v>42805</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>La Bohémienne</t>
+          <t>Chemin. Ruisseau</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>66115</v>
+        <v>43263</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>La bruyère fleurie (Villers)</t>
+          <t>Les petits pêcheurs (Calevoet)</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1915</t>
+          <t>1834 - 1880</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>66116</v>
+        <v>42806</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Sous les vieux saules</t>
+          <t>Sous-bois. Chemin</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>66117</v>
+        <v>43707</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Salle de dissection. Ancien Hôpital Saint-Pierre (Ancien Bruxelles)</t>
+          <t>Jeune femme blonde</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, toile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>66118</v>
+        <v>43708</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Education d'Azor (Canotiers)</t>
+          <t>Jeune femme bruxelloise</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>66119</v>
+        <v>43710</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Le Givre</t>
+          <t>Vieille cour (ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>66161</v>
+        <v>43711</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Un Chemineau</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, panneau</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>66162</v>
+        <v>43712</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Marché</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>66163</v>
+        <v>42812</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Étang de Saint-Job</t>
+          <t>Loth et ses filles fuyant Sodome</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>66164</v>
+        <v>42813</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck : avirons</t>
+          <t>Episode du Déluge. Le sacrifice</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>66165</v>
+        <v>43714</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Chemin de campagne</t>
+          <t>Un miséreux</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>66166</v>
+        <v>42814</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Paysage rural</t>
+          <t>Homme nu dans une cellule</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>66167</v>
+        <v>43715</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck</t>
+          <t>Femme préparant le café</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
-          <t>papier, aquarelle</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>66168</v>
+        <v>42815</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Les cabourons</t>
+          <t>Découverte de deux nouveaux-nés</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>66169</v>
+        <v>42816</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Bord de Meuse</t>
+          <t>La Pauvreté</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>66360</v>
+        <v>43718</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Le gouffre</t>
+          <t>Canal de Willebroeck, Syphon des Trois Trous (après la pluie)</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
           <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>66361</v>
+        <v>42817</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Les plaies sociales. La guerre</t>
+          <t>La Nappe</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>66362</v>
+        <v>42818</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Les plaies sociales. L'alcoolisme</t>
+          <t>Coin de jardin</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>66363</v>
+        <v>66105</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Les plaies sociales. La dîme</t>
+          <t>La méditation</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>66364</v>
+        <v>42819</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Le ruisseau</t>
+          <t>Les Petits du village</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>66365</v>
+        <v>66106</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>La Senne (Ancien Bruxelles)</t>
+          <t>Les deux derniers. Le déluge</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>66366</v>
+        <v>42820</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Avant le bal masqué</t>
+          <t>La lessive</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, panneau</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>66369</v>
+        <v>42821</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Les toits (Ancien Ten-Noey)</t>
+          <t>Vieille cabane</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>96800</v>
+        <v>42822</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Le printemps</t>
+          <t>Coin de jardin. Le tapis</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>96813</v>
+        <v>42786</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Vieux braconnier wallon</t>
+          <t>Jeune garçon</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>96814</v>
+        <v>42823</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Nu couché</t>
+          <t>La causette dans la prairie</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>42791</v>
+        <v>42787</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Jeune fille blonde de profil</t>
+          <t>Homme barbu</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier, carton</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>42792</v>
+        <v>42788</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Femme au chapeau</t>
+          <t>Homme à la casquette</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>42793</v>
+        <v>42789</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Jeune homme</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>42969</v>
+        <v>42829</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Etude : tête d'homme</t>
+          <t>Le petit déjeuner de Léopold Speekaert</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>42975</v>
+        <v>42790</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Etude : nu masculin</t>
+          <t>Jeune veuve wallonne</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>42795</v>
+        <v>42791</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>La Meuse (Anseremme)</t>
+          <t>Jeune fille blonde de profil</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>42976</v>
+        <v>42792</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Femme au chapeau</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>42796</v>
+        <v>42793</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>42981</v>
+        <v>42969</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Croquis d'une femme debout (fragment)</t>
+          <t>Etude : tête d'homme</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>42797</v>
+        <v>42975</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Crépuscule (Uccle)</t>
+          <t>Etude : nu masculin</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>42990</v>
+        <v>42795</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme moustachu</t>
+          <t>La Meuse (Anseremme)</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>bois, toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>42798</v>
+        <v>42976</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>42992</v>
+        <v>42796</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Arbres en hiver</t>
+          <t>Sous-bois</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>42799</v>
+        <v>42981</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Paysage. Saint-Job. Le talus</t>
+          <t>Croquis d'une femme debout (fragment)</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1898</t>
+          <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>43250</v>
+        <v>42797</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Le Parc du Château à Haren</t>
+          <t>Crépuscule (Uccle)</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>42800</v>
+        <v>42990</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Paysage</t>
+          <t>Portrait d'homme moustachu</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>43252</v>
+        <v>42798</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Porte de Hal (soleil couchant)</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>43257</v>
+        <v>42992</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Sur la terrasse</t>
+          <t>Arbres en hiver</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
-        <v>42802</v>
+        <v>42799</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>Neige vierge. Boulevard</t>
+          <t>Paysage. Saint-Job. Le talus</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E110" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1915</t>
+          <t>1834 - 1898</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G110" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="n">
-        <v>42803</v>
+        <v>43250</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois fleuri</t>
+          <t>Le Parc du Château à Haren</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E111" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>peinture</t>
         </is>
       </c>
       <c r="G111" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="n">
-        <v>43261</v>
+        <v>42800</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Portrait de Madame Speekaert-Demanet</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E112" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G112" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="n">
-        <v>42804</v>
+        <v>43252</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Chemin. Ruisseau</t>
+          <t>Porte de Hal (soleil couchant)</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E113" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G113" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="n">
-        <v>42805</v>
+        <v>66165</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Chemin. Ruisseau</t>
+          <t>Chemin de campagne</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E114" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G114" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="n">
-        <v>43263</v>
+        <v>66166</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Les petits pêcheurs (Calevoet)</t>
+          <t>Paysage rural</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E115" s="2" t="inlineStr">
         <is>
-          <t>1834 - 1880</t>
+          <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G115" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="n">
-        <v>42806</v>
+        <v>66167</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Sous-bois. Chemin</t>
+          <t>Canal de Willebroeck</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E116" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G116" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, aquarelle</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="n">
-        <v>43707</v>
+        <v>66168</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme blonde</t>
+          <t>Les cabourons</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E117" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G117" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="n">
-        <v>43708</v>
+        <v>66169</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Jeune femme bruxelloise</t>
+          <t>Bord de Meuse</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E118" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G118" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="n">
-        <v>43710</v>
+        <v>66360</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Vieille cour (ancien Bruxelles)</t>
+          <t>Le gouffre</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E119" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G119" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="n">
-        <v>43711</v>
+        <v>66361</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Un Chemineau</t>
+          <t>Les plaies sociales. La guerre</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E120" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G120" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="n">
-        <v>43712</v>
+        <v>66362</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Les plaies sociales. L'alcoolisme</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E121" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G121" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="n">
-        <v>42812</v>
+        <v>66363</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Loth et ses filles fuyant Sodome</t>
+          <t>Les plaies sociales. La dîme</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E122" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G122" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="n">
-        <v>42813</v>
+        <v>66364</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Episode du Déluge. Le sacrifice</t>
+          <t>Le ruisseau</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E123" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G123" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="n">
-        <v>43714</v>
+        <v>66365</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Un miséreux</t>
+          <t>La Senne (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E124" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G124" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="n">
-        <v>42814</v>
+        <v>66366</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Homme nu dans une cellule</t>
+          <t>Avant le bal masqué</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E125" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G125" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="n">
-        <v>43715</v>
+        <v>66369</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Femme préparant le café</t>
+          <t>Les toits (Ancien Ten-Noey)</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E126" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G126" s="2" t="inlineStr">
         <is>
-          <t>bois, toile, peinture à l'huile</t>
+          <t>peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="n">
-        <v>42815</v>
+        <v>96800</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>Découverte de deux nouveaux-nés</t>
+          <t>Le printemps</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E127" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G127" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="n">
-        <v>42816</v>
+        <v>96813</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>La Pauvreté</t>
+          <t>Vieux braconnier wallon</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E128" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G128" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="n">
-        <v>43718</v>
+        <v>96814</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>Canal de Willebroeck, Syphon des Trois Trous (après la pluie)</t>
+          <t>Nu couché</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E129" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
-          <t>peinture</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G129" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="n">
-        <v>42817</v>
+        <v>96815</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>La Nappe</t>
+          <t>Méditation</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E130" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G130" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="n">
-        <v>42818</v>
+        <v>96816</v>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>Coin de jardin</t>
+          <t>Champ d'avoine</t>
         </is>
       </c>
       <c r="C131" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D131" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E131" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G131" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="n">
-        <v>66105</v>
+        <v>66107</v>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>La méditation</t>
+          <t>Le veston rouge</t>
         </is>
       </c>
       <c r="C132" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D132" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E132" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G132" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="n">
-        <v>42819</v>
+        <v>66109</v>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>Les Petits du village</t>
+          <t>Bord de Meuse</t>
         </is>
       </c>
       <c r="C133" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D133" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E133" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G133" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="n">
-        <v>66106</v>
+        <v>66111</v>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Les deux derniers. Le déluge</t>
+          <t>Fermière brabançonne</t>
         </is>
       </c>
       <c r="C134" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D134" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E134" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G134" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="n">
-        <v>42820</v>
+        <v>66113</v>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>La lessive</t>
+          <t>La Bohémienne</t>
         </is>
       </c>
       <c r="C135" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D135" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E135" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G135" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="n">
-        <v>42821</v>
+        <v>66115</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Vieille cabane</t>
+          <t>La bruyère fleurie (Villers)</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E136" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G136" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="n">
-        <v>42822</v>
+        <v>66116</v>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>Coin de jardin. Le tapis</t>
+          <t>Sous les vieux saules</t>
         </is>
       </c>
       <c r="C137" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D137" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E137" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G137" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="n">
-        <v>42786</v>
+        <v>66117</v>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>Jeune garçon</t>
+          <t>Salle de dissection. Ancien Hôpital Saint-Pierre (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C138" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D138" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E138" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G138" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="n">
-        <v>42823</v>
+        <v>66118</v>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>La causette dans la prairie</t>
+          <t>Education d'Azor (Canotiers)</t>
         </is>
       </c>
       <c r="C139" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D139" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E139" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G139" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, toile, panneau</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="n">
-        <v>42787</v>
+        <v>66119</v>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>Homme barbu</t>
+          <t>Le Givre</t>
         </is>
       </c>
       <c r="C140" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D140" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E140" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G140" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier, carton</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
-          <t>dessin, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="n">
-        <v>42788</v>
+        <v>66161</v>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>Homme à la casquette</t>
+          <t>Paysage</t>
         </is>
       </c>
       <c r="C141" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D141" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E141" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G141" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="n">
-        <v>42789</v>
+        <v>66162</v>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>Jeune homme</t>
+          <t>Marché</t>
         </is>
       </c>
       <c r="C142" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D142" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E142" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G142" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="n">
-        <v>42829</v>
+        <v>66163</v>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>Le petit déjeuner de Léopold Speekaert</t>
+          <t>Étang de Saint-Job</t>
         </is>
       </c>
       <c r="C143" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D143" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E143" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G143" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="n">
-        <v>42790</v>
+        <v>66164</v>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>Jeune veuve wallonne</t>
+          <t>Canal de Willebroeck : avirons</t>
         </is>
       </c>
       <c r="C144" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D144" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E144" s="2" t="inlineStr">
         <is>
           <t>1834 - 1915</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G144" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="n">
         <v>42751</v>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
           <t>Femme étendue</t>
         </is>
       </c>
       <c r="C145" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D145" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E145" s="2" t="inlineStr">
         <is>
           <t>1853 - 1915</t>
@@ -6215,276 +6215,276 @@
         </is>
       </c>
       <c r="E152" s="2" t="inlineStr">
         <is>
           <t>1861 - </t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G152" s="2" t="inlineStr">
         <is>
           <t>aquarelle, encre, papier, carton</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>dessin, marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="n">
-        <v>42955</v>
+        <v>42927</v>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>Portrait de femme à la fourrure</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D153" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E153" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G153" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
-[...6 lines deleted...]
-      </c>
+          <t>toile, peinture à l'huile</t>
+        </is>
+      </c>
+      <c r="H153" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="n">
-        <v>42956</v>
+        <v>42955</v>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>Portrait de jeune homme</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D154" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E154" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G154" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="n">
-        <v>42927</v>
+        <v>42956</v>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme à la fourrure</t>
+          <t>Portrait de jeune homme</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D155" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E155" s="2" t="inlineStr">
         <is>
           <t>1862 - </t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G155" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
-[...2 lines deleted...]
-      <c r="H155" s="2"/>
+          <t>peinture à l'huile, toile</t>
+        </is>
+      </c>
+      <c r="H155" s="2" t="inlineStr">
+        <is>
+          <t>peint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="n">
         <v>42671</v>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
           <t>Champ cultivé (Saint-Gilles 1864)</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D156" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E156" s="2" t="inlineStr">
         <is>
           <t>1864 - </t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G156" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="n">
-        <v>66112</v>
+        <v>43713</v>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>L'oracle de la prairie</t>
+          <t>Une vieille de la rue</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D157" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E157" s="2" t="inlineStr">
         <is>
           <t>1865 - </t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G157" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>bois, peinture à l'huile</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="n">
-        <v>43713</v>
+        <v>66112</v>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>Une vieille de la rue</t>
+          <t>L'oracle de la prairie</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D158" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E158" s="2" t="inlineStr">
         <is>
           <t>1865 - </t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G158" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="n">
         <v>43258</v>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
           <t>La Baigneuse au Papillon</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D159" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
@@ -6531,120 +6531,120 @@
         </is>
       </c>
       <c r="E160" s="2" t="inlineStr">
         <is>
           <t>1867 - </t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G160" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="n">
-        <v>66114</v>
+        <v>43716</v>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Marché des Récollets (Ancien Bruxelles)</t>
+          <t>Les toits sous la neige (Ancien Ten Noey)</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E161" s="2" t="inlineStr">
         <is>
-          <t>1868 - </t>
+          <t>1868 - 1876</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G161" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="n">
-        <v>43716</v>
+        <v>66114</v>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Les toits sous la neige (Ancien Ten Noey)</t>
+          <t>Marché des Récollets (Ancien Bruxelles)</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D162" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E162" s="2" t="inlineStr">
         <is>
-          <t>1868 - 1876</t>
+          <t>1868 - </t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G162" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="n">
         <v>42672</v>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
           <t>Prairie à Haren (Soir)</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D163" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
@@ -6891,205 +6891,205 @@
         </is>
       </c>
       <c r="E169" s="2" t="inlineStr">
         <is>
           <t>1876 - </t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G169" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="n">
-        <v>42670</v>
+        <v>42666</v>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>Etang (Saint-Job). Les canards</t>
+          <t>Paysage (Uccle la nuit)</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D170" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E170" s="2" t="inlineStr">
         <is>
           <t>1880 - </t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G170" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="n">
-        <v>42666</v>
+        <v>42668</v>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Paysage (Uccle la nuit)</t>
+          <t>Etang à Saint-Job (Soleil)</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E171" s="2" t="inlineStr">
         <is>
-          <t>1880 - </t>
+          <t>1880 - 1881</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G171" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="n">
-        <v>42668</v>
+        <v>42669</v>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>Etang à Saint-Job (Soleil)</t>
+          <t>Etang de Saint-Job</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D172" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E172" s="2" t="inlineStr">
         <is>
-          <t>1880 - 1881</t>
+          <t>1880 - </t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G172" s="2" t="inlineStr">
         <is>
           <t>toile, panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="n">
-        <v>42669</v>
+        <v>42670</v>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Etang de Saint-Job</t>
+          <t>Etang (Saint-Job). Les canards</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D173" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E173" s="2" t="inlineStr">
         <is>
           <t>1880 - </t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G173" s="2" t="inlineStr">
         <is>
-          <t>toile, panneau, peinture à l'huile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="n">
         <v>42794</v>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
           <t>Les tournesols (Saint-Job)</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D174" s="2" t="inlineStr">
         <is>
           <t>Speekaert,  Léopold</t>
         </is>
       </c>
       <c r="E174" s="2" t="inlineStr">
         <is>
           <t>1880 - 1881</t>