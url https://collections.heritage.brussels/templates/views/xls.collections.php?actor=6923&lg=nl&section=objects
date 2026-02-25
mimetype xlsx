--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -215,4320 +215,4320 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier, crayon noir, fusain</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>42924</v>
+        <v>42922</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme et base de colonne</t>
+          <t>Nature morte au vase</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>42925</v>
+        <v>42923</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Tête d'enfant (étude)</t>
+          <t>Lion rugissant</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1875 - </t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>42926</v>
+        <v>42924</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Etude pour portraits d'homme et de femme</t>
+          <t>Portrait de femme et base de colonne</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>42932</v>
+        <v>42925</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Etang avec maison</t>
+          <t>Tête d'enfant (étude)</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>bois, peinture à l'huile, toile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>42949</v>
+        <v>42926</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Les tournesols</t>
+          <t>Etude pour portraits d'homme et de femme</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>42953</v>
+        <v>42932</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>La lecture</t>
+          <t>Etang avec maison</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>bois, peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>42961</v>
+        <v>42949</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Composition</t>
+          <t>Les tournesols</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>42978</v>
+        <v>42953</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Intérieur</t>
+          <t>La lecture</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1925</t>
+          <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>43717</v>
+        <v>42961</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Pivoine du Japon</t>
+          <t>Composition</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>66108</v>
+        <v>42978</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Coin de jardin</t>
+          <t>Intérieur</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1875 - 1900</t>
+          <t>1875 - 1925</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>66120</v>
+        <v>43717</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Nature morte à la mandoline</t>
+          <t>Pivoine du Japon</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>66121</v>
+        <v>66108</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>La jeune fille au miroir</t>
+          <t>Coin de jardin</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>66122</v>
+        <v>66120</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Fillette à la lecture</t>
+          <t>Nature morte à la mandoline</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>66123</v>
+        <v>66121</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Esquisse pour La lecture</t>
+          <t>La jeune fille au miroir</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>panneau, peinture à l'huile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>66124</v>
+        <v>66122</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au collier de perles</t>
+          <t>Fillette à la lecture</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>66125</v>
+        <v>66123</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fleurs</t>
+          <t>Esquisse pour La lecture</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, bois</t>
+          <t>panneau, peinture à l'huile</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>42904</v>
+        <v>66124</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Salle à manger de l'Hôtel Speekaert-Demanet</t>
+          <t>Nature morte au collier de perles</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>66126</v>
+        <v>66125</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux cerises bigarreau</t>
+          <t>Nature morte aux fleurs</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile, panneau</t>
+          <t>toile, peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>42905</v>
+        <v>42904</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Groupe d'amis</t>
+          <t>Salle à manger de l'Hôtel Speekaert-Demanet</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>66368</v>
+        <v>66126</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Fleurs rouges avec feuilles vertes</t>
+          <t>Nature morte aux cerises bigarreau</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>toile, peinture à l'huile</t>
+          <t>toile, peinture à l'huile, panneau</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>42906</v>
+        <v>42905</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>La couture au jardin</t>
+          <t>Groupe d'amis</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>42907</v>
+        <v>66368</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Femme en terrasse</t>
+          <t>Fleurs rouges avec feuilles vertes</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>42908</v>
+        <v>42906</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Etang aux canards</t>
+          <t>La couture au jardin</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>42909</v>
+        <v>42907</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Les Meules</t>
+          <t>Femme en terrasse</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>42910</v>
+        <v>42908</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Paysage aux coquelicots</t>
+          <t>Etang aux canards</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>42911</v>
+        <v>42909</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Chemin sous-bois</t>
+          <t>Les Meules</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>42912</v>
+        <v>42910</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Coin de jardin</t>
+          <t>Paysage aux coquelicots</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>42913</v>
+        <v>42911</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Jardins sous neige</t>
+          <t>Chemin sous-bois</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>42914</v>
+        <v>42912</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Coin de jardin</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>42915</v>
+        <v>42913</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Jardins sous neige</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>42916</v>
+        <v>42914</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>42917</v>
+        <v>42915</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>42918</v>
+        <v>42916</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>42919</v>
+        <v>42917</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>42920</v>
+        <v>42918</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>42921</v>
+        <v>42919</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>42922</v>
+        <v>42920</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au vase</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>42923</v>
+        <v>42921</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Lion rugissant</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>fusain, papier</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>42861</v>
+        <v>42874</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux coquelicots</t>
+          <t>Nature morte aux iris</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>42898</v>
+        <v>42838</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Jardin d'hiver</t>
+          <t>Etude pour portrait de femme</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>42862</v>
+        <v>42875</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux iris</t>
+          <t>Nature morte aux grenades</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>42899</v>
+        <v>42839</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Saint-Gilles sous la neige</t>
+          <t>Portrait de dame</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>42863</v>
+        <v>42876</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au livre</t>
+          <t>Nature morte aux dahlias</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>42900</v>
+        <v>42840</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>La couture</t>
+          <t>Portrait de dame</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>42864</v>
+        <v>42877</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Nature morte</t>
+          <t>Nature morte aux jonquilles</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>42901</v>
+        <v>42841</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Le réveil</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>42865</v>
+        <v>42878</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits</t>
+          <t>Nature morte aux roses</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>42902</v>
+        <v>42842</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Etude pour le réveil</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H50" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="n">
-        <v>42866</v>
+        <v>42879</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux gants et à l'éventail</t>
+          <t>Nature morte au buste antique</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>42903</v>
+        <v>42843</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Salon de l'Hôtel Speekaert-Demanet</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>42867</v>
+        <v>42880</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au champagne</t>
+          <t>Nature morte au livre et à l'éventail</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>42868</v>
+        <v>42844</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux chinoiseries</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H54" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>42869</v>
+        <v>42881</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits</t>
+          <t>Nature morte au homard</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H55" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>42830</v>
+        <v>42845</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Portrait de dame</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>42870</v>
+        <v>42882</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux dahlias</t>
+          <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>42831</v>
+        <v>42846</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Portrait de dame</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H58" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="n">
-        <v>42871</v>
+        <v>42883</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au melon</t>
+          <t>Nature morte aux iris</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E59" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F59" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G59" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, carton, toile</t>
         </is>
       </c>
       <c r="H59" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="n">
-        <v>42835</v>
+        <v>42847</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>42872</v>
+        <v>42884</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux tulipes</t>
+          <t>Nature morte aux coings</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>42836</v>
+        <v>42848</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Etude pour portrait de femme</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>42873</v>
+        <v>42885</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux dahlias</t>
+          <t>Nature morte aux fleurs</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
-        <v>42837</v>
+        <v>42849</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E64" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G64" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="n">
-        <v>42874</v>
+        <v>42886</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux iris</t>
+          <t>Nature morte aux bégonias</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E65" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G65" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="n">
-        <v>42838</v>
+        <v>42850</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Etude pour portrait de femme</t>
+          <t>Portrait de vieillard</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E66" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G66" s="2" t="inlineStr">
         <is>
-          <t>papier, fusain</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="n">
-        <v>42875</v>
+        <v>42851</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux grenades</t>
+          <t>Portrait d'homme</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E67" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G67" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="n">
-        <v>42839</v>
+        <v>42888</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Portrait de dame</t>
+          <t>Nature morte aux pétunias</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E68" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G68" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="n">
-        <v>42876</v>
+        <v>42852</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux dahlias</t>
+          <t>Femme assise sur une chaise</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>42840</v>
+        <v>42889</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Portrait de dame</t>
+          <t>Nature morte aux fleurs</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>42877</v>
+        <v>42853</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux jonquilles</t>
+          <t>Portrait de bichon</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="n">
-        <v>42841</v>
+        <v>42890</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Coquelicots</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, carton, toile</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>marouflé, technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>42878</v>
+        <v>42854</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux roses</t>
+          <t>Etude pour portrait de bichon</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>42842</v>
+        <v>42855</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Nature morte à la théière</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>42879</v>
+        <v>42892</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au buste antique</t>
+          <t>Massif de rhododendron</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>42843</v>
+        <v>42856</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Nature morte au tournesols</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>42880</v>
+        <v>42893</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au livre et à l'éventail</t>
+          <t>Iris</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="n">
-        <v>42844</v>
+        <v>42857</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Nature morte au samovar</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E78" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G78" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="n">
-        <v>42881</v>
+        <v>42894</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au homard</t>
+          <t>Hortensia</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E79" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G79" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="n">
-        <v>42845</v>
+        <v>42858</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Lilas blanc</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E80" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G80" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="n">
-        <v>42882</v>
+        <v>42895</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fruits</t>
+          <t>Roses trémières</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E81" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G81" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>peinture à l'huile, toile, bois</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="n">
-        <v>42846</v>
+        <v>42859</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Nature morte à la pastèque</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E82" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G82" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, panneau, toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="n">
-        <v>42883</v>
+        <v>42896</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux iris</t>
+          <t>Lys et anémones</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E83" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G83" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton, toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="n">
-        <v>42847</v>
+        <v>42860</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Nature morte aux fleurs et à l'éventail</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E84" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G84" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="n">
-        <v>42884</v>
+        <v>42897</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux coings</t>
+          <t>Poinsettia</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E85" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G85" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="n">
-        <v>42848</v>
+        <v>42861</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Nature morte aux coquelicots</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E86" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G86" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="n">
-        <v>42885</v>
+        <v>42898</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fleurs</t>
+          <t>Jardin d'hiver</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E87" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G87" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="n">
-        <v>42849</v>
+        <v>42862</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Portrait de femme</t>
+          <t>Nature morte aux iris</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E88" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G88" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="n">
-        <v>42886</v>
+        <v>42899</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux bégonias</t>
+          <t>Saint-Gilles sous la neige</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E89" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G89" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="n">
-        <v>42850</v>
+        <v>42863</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Portrait de vieillard</t>
+          <t>Nature morte au livre</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E90" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G90" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="n">
-        <v>42851</v>
+        <v>42900</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Portrait d'homme</t>
+          <t>La couture</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E91" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G91" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, panneau, toile</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>peint, marouflé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="n">
-        <v>42888</v>
+        <v>42864</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux pétunias</t>
+          <t>Nature morte</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E92" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G92" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>peinture à l'huile, bois</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="n">
-        <v>42852</v>
+        <v>42901</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Femme assise sur une chaise</t>
+          <t>Le réveil</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E93" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G93" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="n">
-        <v>42889</v>
+        <v>42865</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fleurs</t>
+          <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E94" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G94" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="n">
-        <v>42853</v>
+        <v>42902</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Portrait de bichon</t>
+          <t>Etude pour le réveil</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E95" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G95" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>papier, fusain</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
-          <t>marouflé, peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="n">
-        <v>42890</v>
+        <v>42866</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Coquelicots</t>
+          <t>Nature morte aux gants et à l'éventail</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E96" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G96" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, carton, toile</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
-          <t>marouflé, technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="n">
-        <v>42854</v>
+        <v>42903</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Etude pour portrait de bichon</t>
+          <t>Salon de l'Hôtel Speekaert-Demanet</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E97" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>tableau</t>
         </is>
       </c>
       <c r="G97" s="2" t="inlineStr">
         <is>
-          <t>fusain, papier</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
-          <t>dessin</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="n">
-        <v>42855</v>
+        <v>42867</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Nature morte à la théière</t>
+          <t>Nature morte au champagne</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E98" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G98" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
-          <t>technique de peinture</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="n">
-        <v>42892</v>
+        <v>42868</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Massif de rhododendron</t>
+          <t>Nature morte aux chinoiseries</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E99" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G99" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="n">
-        <v>42856</v>
+        <v>42869</v>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au tournesols</t>
+          <t>Nature morte aux fruits</t>
         </is>
       </c>
       <c r="C100" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D100" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E100" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G100" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="n">
-        <v>42893</v>
+        <v>42830</v>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Iris</t>
+          <t>Portrait de dame</t>
         </is>
       </c>
       <c r="C101" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D101" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E101" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G101" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="n">
-        <v>42857</v>
+        <v>42870</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>Nature morte au samovar</t>
+          <t>Nature morte aux dahlias</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E102" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G102" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="n">
-        <v>42894</v>
+        <v>42831</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>Hortensia</t>
+          <t>Portrait de dame</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E103" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G103" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="n">
-        <v>42858</v>
+        <v>42871</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>Lilas blanc</t>
+          <t>Nature morte au melon</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E104" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G104" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="n">
-        <v>42895</v>
+        <v>42835</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>Roses trémières</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E105" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G105" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
-          <t>peint, marouflé</t>
+          <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="n">
-        <v>42859</v>
+        <v>42872</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>Nature morte à la pastèque</t>
+          <t>Nature morte aux tulipes</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E106" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G106" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="n">
-        <v>42896</v>
+        <v>42836</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Lys et anémones</t>
+          <t>Etude pour portrait de femme</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E107" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
-          <t>tableau</t>
+          <t>dessin</t>
         </is>
       </c>
       <c r="G107" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, toile</t>
+          <t>fusain, papier</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="n">
-        <v>42860</v>
+        <v>42873</v>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Nature morte aux fleurs et à l'éventail</t>
+          <t>Nature morte aux dahlias</t>
         </is>
       </c>
       <c r="C108" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D108" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E108" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G108" s="2" t="inlineStr">
         <is>
           <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
-          <t>peint</t>
+          <t>technique de peinture</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="n">
-        <v>42897</v>
+        <v>42837</v>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>Poinsettia</t>
+          <t>Portrait de femme</t>
         </is>
       </c>
       <c r="C109" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D109" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>
         </is>
       </c>
       <c r="E109" s="2" t="inlineStr">
         <is>
           <t>1875 - 1900</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G109" s="2" t="inlineStr">
         <is>
-          <t>peinture à l'huile, bois</t>
+          <t>peinture à l'huile, toile</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="n">
         <v>66104</v>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
           <t>Nature morte aux hortensias</t>
         </is>
       </c>
       <c r="C110" s="2" t="inlineStr">
         <is>
           <t>Commune de Saint-Gilles</t>
         </is>
       </c>
       <c r="D110" s="2" t="inlineStr">
         <is>
           <t>Demanet,  Mathilde</t>