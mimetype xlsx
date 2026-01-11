--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -179,100 +179,100 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99593</v>
+        <v>76971</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Laissez les enfants venir à moi</t>
+          <t>Dieu le Père</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
+          <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Geefs,  Fanny</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1851 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>76971</v>
+        <v>99593</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Dieu le Père</t>
+          <t>Laissez les enfants venir à moi</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Eglise Saint-Servais</t>
+          <t>Eglise Saints-Jean-et-Etienne aux Minimes</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Geefs,  Fanny</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1851 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>tableau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>toile, peinture à l'huile</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peint</t>