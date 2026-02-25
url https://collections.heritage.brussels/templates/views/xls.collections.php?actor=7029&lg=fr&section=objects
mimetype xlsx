--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -219,215 +219,215 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1927 - 1927</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>verre, plomb</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>76983</v>
+        <v>76987</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Sainte Trinité</t>
+          <t>Servais de Tongres et le pape Damase Ier</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>76984</v>
+        <v>76983</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Saint évêque sauroctone et sainte Catherine</t>
+          <t>Sainte Trinité</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>76985</v>
+        <v>76984</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Christ en croix et la Vierge avec le Cardinal Mercier</t>
+          <t>Saint évêque sauroctone et sainte Catherine</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>76986</v>
+        <v>76985</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Vierge à l’Enfant apparaît à un saint Empereur</t>
+          <t>Christ en croix et la Vierge avec le Cardinal Mercier</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>peinture sur verre, technique du vitrail</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>76987</v>
+        <v>76986</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Servais de Tongres et le pape Damase Ier</t>
+          <t>Vierge à l’Enfant apparaît à un saint Empereur</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Eglise Saint-Servais</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Steyaert,  Edouard</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1930 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>fenêtre / vitrail</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>peinture, plomb, verre</t>