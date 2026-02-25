--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H44"/>
+  <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -215,1719 +215,1803 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude / Smolderen, Thierry</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>matériel de photographie et de cinéma</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>technique photographique, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>56061</v>
+        <v>107359</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Aux Médianes de Cymbiola</t>
+          <t>Tirage d'art - Le tailleur de rêves</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
-[...6 lines deleted...]
-      </c>
+          <t>Renard , Claude</t>
+        </is>
+      </c>
+      <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
-[...11 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>63243</v>
+        <v>107360</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Portfolio EXPRESS</t>
+          <t>Sérigraphie - Barque sous voûte de pierre</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
-[...6 lines deleted...]
-      </c>
+          <t>Renard , Claude</t>
+        </is>
+      </c>
+      <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
-[...11 lines deleted...]
-      </c>
+          <t>dessin</t>
+        </is>
+      </c>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>56062</v>
+        <v>107361</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Aux Médianes de Cymbiola</t>
+          <t>Affiche - Exposition "Claude Renard, d'un univers à l'autre" (Rouge-Cloître 2011)</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Fondation Battieuw-Schmidt - Fonds de l'image et du texte pour la jeunesse</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
-[...6 lines deleted...]
-      </c>
+          <t>Renard , Claude</t>
+        </is>
+      </c>
+      <c r="E5" s="2"/>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
-[...11 lines deleted...]
-      </c>
+          <t>affiche d'exposition</t>
+        </is>
+      </c>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>56063</v>
+        <v>56061</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Aux Médianes de Cymbiola</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1981 - </t>
+          <t>1980 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, technique de dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>57087</v>
+        <v>63243</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Express</t>
+          <t>Portfolio EXPRESS</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>62651</v>
+        <v>56062</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t> Carte postale Le Rail</t>
+          <t>Aux Médianes de Cymbiola</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1982 - 1991</t>
+          <t>1981 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>carte postale</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>56068</v>
+        <v>56063</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Le Rail</t>
+          <t>Aux Médianes de Cymbiola</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1982 - </t>
+          <t>1981 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, technique de dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>56071</v>
+        <v>57087</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Le Rail - Edition de luxe</t>
+          <t>Express</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1982 - </t>
+          <t>1981 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>56309</v>
+        <v>62651</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Les Médianes de Cymbiola NL</t>
+          <t> Carte postale Le Rail</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1982 - </t>
+          <t>1982 - 1991</t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>carte postale</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>56310</v>
+        <v>56068</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Le Rail NL</t>
+          <t>Le Rail</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>62540</v>
+        <v>56071</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t> Exposition, vente “Les bandes dessinées de Schuiten-Renard”</t>
+          <t>Le Rail - Edition de luxe</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude / Smolderen, Thierry</t>
+          <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1984 - </t>
+          <t>1982 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>55171</v>
+        <v>56309</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t> Exposition vente les bandes dessinées de Schuiten - Renard</t>
+          <t>Les Médianes de Cymbiola NL</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1984 - </t>
+          <t>1982 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>62850</v>
+        <v>56310</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Brussels International Festival of Fantasy, Science-Fiction &amp; Thriller Films</t>
+          <t>Le Rail NL</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1984 - </t>
+          <t>1982 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>autre document imprimé</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>56069</v>
+        <v>55171</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Le Rail</t>
+          <t> Exposition vente les bandes dessinées de Schuiten - Renard</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>56083</v>
+        <v>62850</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>L'Evasion d'Ivan Casablanca</t>
+          <t>Brussels International Festival of Fantasy, Science-Fiction &amp; Thriller Films</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Renard , Claude</t>
+          <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>56464</v>
+        <v>56069</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Cymbiola (Les Médianes de Cymbiola)</t>
+          <t>Le Rail</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1984 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>54791</v>
+        <v>56083</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Schuiten - Renard</t>
+          <t>L'Evasion d'Ivan Casablanca</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
+          <t>Renard , Claude</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1985 - </t>
+          <t>1984 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>57337</v>
+        <v>56464</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Gwendoline et les machinistes NL</t>
+          <t>Cymbiola (Les Médianes de Cymbiola)</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Renard , Claude / Schuiten, Francois</t>
+          <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1985 - </t>
+          <t>1984 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>57516</v>
+        <v>62540</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Les Elfes de Pomariolus</t>
+          <t> Exposition, vente “Les bandes dessinées de Schuiten-Renard”</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Renard , Claude / Vasseur, Yves</t>
+          <t>Schuiten, Francois / Renard , Claude / Smolderen, Thierry</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1986 - </t>
+          <t>1984 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>62544</v>
+        <v>54791</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Anne</t>
+          <t>Schuiten - Renard</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Van Veen, Herman / Schuiten, Francois / Renard , Claude</t>
+          <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1986 - </t>
+          <t>1985 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>objet de communication</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>papier, vinyle, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>56064</v>
+        <v>57337</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Aux Médianes de Cymbiola</t>
+          <t>Gwendoline et les machinistes NL</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
+          <t>Renard , Claude / Schuiten, Francois</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1986 - </t>
+          <t>1985 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>56072</v>
+        <v>62544</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Le Rail</t>
+          <t>Anne</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
+          <t>Van Veen, Herman / Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>objet de communication</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, vinyle, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>56084</v>
+        <v>56064</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>L'Evasion d'Ivan Casablanca</t>
+          <t>Aux Médianes de Cymbiola</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Renard , Claude</t>
+          <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1986 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>56065</v>
+        <v>56072</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Aux Médianes de Cymbiola</t>
+          <t>Le Rail</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
-          <t>1987 - </t>
+          <t>1986 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>56313</v>
+        <v>56084</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Le rendez-vous d'Angkor. Une aventure d'Ivan Casablanca NL</t>
+          <t>L'Evasion d'Ivan Casablanca</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Renard , Claude / Fromental, Jean-Luc</t>
+          <t>Renard , Claude</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>1987 - </t>
+          <t>1986 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>57338</v>
+        <v>57516</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Antoine Joseph Moneuse</t>
+          <t>Les Elfes de Pomariolus</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Renard , Claude / Vasseur, Yves</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>1987 - </t>
+          <t>1986 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>56066</v>
+        <v>56065</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Aux Médianes de Cymbiola</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>56074</v>
+        <v>56313</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Le Rail</t>
+          <t>Le rendez-vous d'Angkor. Une aventure d'Ivan Casablanca NL</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
+          <t>Renard , Claude / Fromental, Jean-Luc</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>57253</v>
+        <v>57338</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t> Bande dessinée et littérature graphique</t>
+          <t>Antoine Joseph Moneuse</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude / Alberelli , Christian</t>
+          <t>Renard , Claude / Vasseur, Yves</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>1989 - </t>
+          <t>1987 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>56552</v>
+        <v>56066</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Die Medianen von Zymbiola (Les Médianes de Cymbiola)</t>
+          <t>Aux Médianes de Cymbiola</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>56569</v>
+        <v>56074</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Das Gleis (Le Rail)</t>
+          <t>Le Rail</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>1990 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>bande dessinée</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression, dessin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>56075</v>
+        <v>57253</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Le Rail</t>
+          <t> Bande dessinée et littérature graphique</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
+          <t>Schuiten, Francois / Renard , Claude / Alberelli , Christian</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1991 - </t>
+          <t>1989 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>56012</v>
+        <v>56552</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Mons phare culturel</t>
+          <t>Die Medianen von Zymbiola (Les Médianes de Cymbiola)</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1998 - </t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>affiche</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>papier, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>56526</v>
+        <v>56569</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Galilée scrutant le ciel</t>
+          <t>Das Gleis (Le Rail)</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Renard , Claude</t>
+          <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>1990 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
-[...2 lines deleted...]
-      <c r="G36" s="2"/>
+          <t>bande dessinée</t>
+        </is>
+      </c>
+      <c r="G36" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, encre</t>
+        </is>
+      </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>43790</v>
+        <v>56075</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Galilée et sa muse</t>
+          <t>Le Rail</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>Commune d'Auderghem</t>
+          <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Renard , Claude</t>
+          <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>1991 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>art graphique</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>papier</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>sérigraphie</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>56067</v>
+        <v>56012</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Aux Médianes de Cymbiola</t>
+          <t>Mons phare culturel</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
-          <t>2002 - </t>
+          <t>1998 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>affiche</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, encre</t>
+          <t>papier, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>62283</v>
+        <v>56526</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Express Portfolio Reédition</t>
+          <t>Galilée scrutant le ciel</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
+          <t>Renard , Claude</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>art graphique</t>
         </is>
       </c>
-      <c r="G39" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>62566</v>
+        <v>43790</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Coffret Le Théâtre des images + Un festival en images</t>
+          <t>Galilée et sa muse</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>Maison Autrique</t>
+          <t>Commune d'Auderghem</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Renard , Claude</t>
+          <t>Renard , Claude</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>art graphique</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
-          <t>carton, matière plastique, encre</t>
+          <t>papier</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>dessin, technique d'impression</t>
+          <t>sérigraphie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>62973</v>
+        <v>56067</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Le Théâtre des images</t>
+          <t>Aux Médianes de Cymbiola</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Peeters, Benoît / Renard , Claude</t>
+          <t>Schuiten, Francois / Renard , Claude</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2002 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>documents et ouvrages</t>
+          <t>bande dessinée</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>papier, matière plastique, encre</t>
+          <t>papier, carton, encre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>56076</v>
+        <v>62566</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Métamorphoses</t>
+          <t>Coffret Le Théâtre des images + Un festival en images</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Renard , Claude</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, coton, encre</t>
+          <t>carton, matière plastique, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>dessin, technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>56311</v>
+        <v>62973</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Métamorphoses NL</t>
+          <t>Le Théâtre des images</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison Autrique</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Schuiten, Francois / Renard , Claude</t>
+          <t>Schuiten, Francois / Peeters, Benoît / Renard , Claude</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>2008 - </t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>bande dessinée</t>
+          <t>documents et ouvrages</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>papier, carton, coton, encre</t>
+          <t>papier, matière plastique, encre</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression, dessin</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
+        <v>62283</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Express Portfolio Reédition</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Schuiten, Francois / Renard , Claude</t>
+        </is>
+      </c>
+      <c r="E44" s="2" t="inlineStr">
+        <is>
+          <t>2003 - </t>
+        </is>
+      </c>
+      <c r="F44" s="2" t="inlineStr">
+        <is>
+          <t>art graphique</t>
+        </is>
+      </c>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>papier, encre, carton</t>
+        </is>
+      </c>
+      <c r="H44" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="1" t="n">
+        <v>56076</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Métamorphoses</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Schuiten, Francois / Renard , Claude</t>
+        </is>
+      </c>
+      <c r="E45" s="2" t="inlineStr">
+        <is>
+          <t>2008 - </t>
+        </is>
+      </c>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <t>bande dessinée</t>
+        </is>
+      </c>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, coton, encre</t>
+        </is>
+      </c>
+      <c r="H45" s="2" t="inlineStr">
+        <is>
+          <t>dessin, technique d'impression</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="1" t="n">
+        <v>56311</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Métamorphoses NL</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Schuiten, Francois / Renard , Claude</t>
+        </is>
+      </c>
+      <c r="E46" s="2" t="inlineStr">
+        <is>
+          <t>2008 - </t>
+        </is>
+      </c>
+      <c r="F46" s="2" t="inlineStr">
+        <is>
+          <t>bande dessinée</t>
+        </is>
+      </c>
+      <c r="G46" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, coton, encre</t>
+        </is>
+      </c>
+      <c r="H46" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression, dessin</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="1" t="n">
         <v>57340</v>
       </c>
-      <c r="B44" s="2" t="inlineStr">
+      <c r="B47" s="2" t="inlineStr">
         <is>
           <t>Les Anges de Mons 1914-1918</t>
         </is>
       </c>
-      <c r="C44" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D44" s="2" t="inlineStr">
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>Maison Autrique</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Renard , Claude / Hanotte, Xavier</t>
         </is>
       </c>
-      <c r="E44" s="2" t="inlineStr">
+      <c r="E47" s="2" t="inlineStr">
         <is>
           <t>2013 - </t>
         </is>
       </c>
-      <c r="F44" s="2" t="inlineStr">
+      <c r="F47" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
-      <c r="G44" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H44" s="2" t="inlineStr">
+      <c r="G47" s="2" t="inlineStr">
+        <is>
+          <t>papier, carton, encre</t>
+        </is>
+      </c>
+      <c r="H47" s="2" t="inlineStr">
         <is>
           <t>dessin</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">