--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -819,95 +819,95 @@
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1518 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>55230</v>
+        <v>55270</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Novum Testamentum ab Erasmo recognitum. • Paraclesis ad lectorem pium • Ratio seu Methodus compendio perveniendi ...</t>
+          <t>Farrago noua epistolarum</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1519 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>55270</v>
+        <v>55230</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Farrago noua epistolarum</t>
+          <t>Novum Testamentum ab Erasmo recognitum. • Paraclesis ad lectorem pium • Ratio seu Methodus compendio perveniendi ...</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1519 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -1099,455 +1099,455 @@
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1521 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>55286</v>
+        <v>55217</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Colloquia - Formulae</t>
+          <t>Opus de conscribendis epistolis • Parabolae siue similia adiectus aliquot vocularum obscurarum interpretationibus</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>55217</v>
+        <v>55268</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Opus de conscribendis epistolis • Parabolae siue similia adiectus aliquot vocularum obscurarum interpretationibus</t>
+          <t>Paraphrasis in Euangelium Matthaei • Epistola nuncupatoria ad Carolum Caesarem • Exhortatio ad studium Euangelic ...</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>55268</v>
+        <v>55220</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in Euangelium Matthaei • Epistola nuncupatoria ad Carolum Caesarem • Exhortatio ad studium Euangelic ...</t>
+          <t>Apologiae omnes • Apologia de loco taxato ‘Omnes quidem resurgemus sed non omnes immutabimur’</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>55220</v>
+        <v>55286</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Apologiae omnes • Apologia de loco taxato ‘Omnes quidem resurgemus sed non omnes immutabimur’</t>
+          <t>Colloquia - Formulae</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>55226</v>
+        <v>55233</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades</t>
+          <t>Paraphrasis in euangelium secundum Ioannem</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>55287</v>
+        <v>55200</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Precatio dominica in septem portiones distributa (après le 24 oct.)</t>
+          <t>Catalogus omnium lucubrationum • Colloquia selecta (Charon) • Epistola ad Marcum Laurinum • Epistola ad theolo ...</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>55233</v>
+        <v>55204</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium secundum Ioannem</t>
+          <t>Paraphrasis in euangelium Lucae</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>55200</v>
+        <v>55207</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Catalogus omnium lucubrationum • Colloquia selecta (Charon) • Epistola ad Marcum Laurinum • Epistola ad theolo ...</t>
+          <t>Paraphrasis in euangelium Marci</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>55204</v>
+        <v>55211</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium Lucae</t>
+          <t>Spongia aduersus aspergines Hutteni</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>55207</v>
+        <v>55226</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium Marci</t>
+          <t>Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>55211</v>
+        <v>55287</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Spongia aduersus aspergines Hutteni</t>
+          <t>Precatio dominica in septem portiones distributa (après le 24 oct.)</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -1899,255 +1899,255 @@
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>55281</v>
+        <v>55242</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Prologus in supputationem calumniarum Natalis Bedae • Declarationes aduersus Theologos Parisienses • Diuinatione ...</t>
+          <t>Christiani matrimonii institutio</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>55242</v>
+        <v>55246</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Christiani matrimonii institutio</t>
+          <t>Hyperaspistes diatribae aduersus seruum arbitrium Martini Lutheri</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>55246</v>
+        <v>55248</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Hyperaspistes diatribae aduersus seruum arbitrium Martini Lutheri</t>
+          <t>Detectio praestigiarum cuiusdam libelli</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>55248</v>
+        <v>55214</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Detectio praestigiarum cuiusdam libelli</t>
+          <t>Lingua</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
-        <v>55214</v>
+        <v>55272</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Lingua</t>
+          <t>Colloquia - Opus</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F49" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G49" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H49" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="n">
-        <v>55272</v>
+        <v>55281</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Colloquia - Opus</t>
+          <t>Prologus in supputationem calumniarum Natalis Bedae • Declarationes aduersus Theologos Parisienses • Diuinatione ...</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E50" s="2" t="inlineStr">
         <is>
           <t>1526 - </t>
         </is>
       </c>
       <c r="F50" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G50" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -2179,291 +2179,291 @@
         </is>
       </c>
       <c r="E51" s="2" t="inlineStr">
         <is>
           <t>1527 - </t>
         </is>
       </c>
       <c r="F51" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G51" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H51" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="n">
-        <v>55290</v>
+        <v>55206</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Epistola ad virgines sacras prope Cantabrigium consolatoria in aduersis</t>
+          <t>Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E52" s="2" t="inlineStr">
         <is>
           <t>1528 - </t>
         </is>
       </c>
       <c r="F52" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G52" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H52" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="n">
-        <v>55206</v>
+        <v>55290</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades</t>
+          <t>Epistola ad virgines sacras prope Cantabrigium consolatoria in aduersis</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E53" s="2" t="inlineStr">
         <is>
           <t>1528 - </t>
         </is>
       </c>
       <c r="F53" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G53" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H53" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="n">
-        <v>55227</v>
+        <v>43825</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Opus epistolarum</t>
+          <t>Lettre autographe d'Erasme</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Hieronymus</t>
+          <t>Erasmus</t>
         </is>
       </c>
       <c r="E54" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F54" s="2" t="inlineStr">
         <is>
-          <t>livre</t>
+          <t>lettre</t>
         </is>
       </c>
       <c r="G54" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
-      <c r="H54" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H54" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="n">
-        <v>43825</v>
+        <v>55254</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Lettre autographe d'Erasme</t>
+          <t>De recta latini graecique sermonis pronuntiatione dialogus • Dialogus cui titulus Ciceronianus, siue de optimo gen ...</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>Erasmus</t>
+          <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E55" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F55" s="2" t="inlineStr">
         <is>
-          <t>lettre</t>
+          <t>livre</t>
         </is>
       </c>
       <c r="G55" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
-      <c r="H55" s="2"/>
+      <c r="H55" s="2" t="inlineStr">
+        <is>
+          <t>technique d'impression</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="n">
-        <v>55254</v>
+        <v>55258</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>De recta latini graecique sermonis pronuntiatione dialogus • Dialogus cui titulus Ciceronianus, siue de optimo gen ...</t>
+          <t>Vidua christiana • Liber Lactantii Firmiani de opificio Dei</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E56" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F56" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G56" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H56" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="n">
-        <v>55258</v>
+        <v>55218</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Vidua christiana • Liber Lactantii Firmiani de opificio Dei</t>
+          <t>De pueris liberaliter instituendis libellus • Encomium artis medicae • Diui Ammbrosii de apologia David • Diui ...</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E57" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F57" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G57" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H57" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="n">
-        <v>55218</v>
+        <v>55227</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>De pueris liberaliter instituendis libellus • Encomium artis medicae • Diui Ammbrosii de apologia David • Diui ...</t>
+          <t>Opus epistolarum</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E58" s="2" t="inlineStr">
         <is>
           <t>1529 - </t>
         </is>
       </c>
       <c r="F58" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G58" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -2535,145 +2535,145 @@
         </is>
       </c>
       <c r="E60" s="2" t="inlineStr">
         <is>
           <t>1530 - </t>
         </is>
       </c>
       <c r="F60" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G60" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H60" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="n">
-        <v>55288</v>
+        <v>55263</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in elegantiarum libros Laurentii Vallae • Farrago sordidorum verborum, siue Augiæ stabulum repurgatum ...</t>
+          <t>Enarratio pia iuxta ac docta in Ps. XXXIII</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Faber Emmeus, Ioannes</t>
+          <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E61" s="2" t="inlineStr">
         <is>
           <t>1531 - </t>
         </is>
       </c>
       <c r="F61" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G61" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H61" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="n">
-        <v>55263</v>
+        <v>55277</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Enarratio pia iuxta ac docta in Ps. XXXIII</t>
+          <t>Apophthegmatum, sive scite dictorum libri sex</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E62" s="2" t="inlineStr">
         <is>
           <t>1531 - </t>
         </is>
       </c>
       <c r="F62" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G62" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="n">
-        <v>55277</v>
+        <v>55288</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Apophthegmatum, sive scite dictorum libri sex</t>
+          <t>Paraphrasis in elegantiarum libros Laurentii Vallae • Farrago sordidorum verborum, siue Augiæ stabulum repurgatum ...</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Hieronymus</t>
+          <t>Erasmus,  / Faber Emmeus, Ioannes</t>
         </is>
       </c>
       <c r="E63" s="2" t="inlineStr">
         <is>
           <t>1531 - </t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G63" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="n">
@@ -3015,215 +3015,215 @@
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1536 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>55228</v>
+        <v>55292</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 04 - Quae ad morum institutionem pertinent</t>
+          <t>Opera omnia - tomus 02 - Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>55229</v>
+        <v>55225</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 05 - Quae ad pietatem instituunt</t>
+          <t>Opera omnia - tomus 01 - Quae spectant ad institutionem liberalem</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>55232</v>
+        <v>55228</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 08 - Versa e patribus graecis</t>
+          <t>Opera omnia - tomus 04 - Quae ad morum institutionem pertinent</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>55292</v>
+        <v>55229</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 02 - Adagia - Chiliades</t>
+          <t>Opera omnia - tomus 05 - Quae ad pietatem instituunt</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>55225</v>
+        <v>55232</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 01 - Quae spectant ad institutionem liberalem</t>
+          <t>Opera omnia - tomus 08 - Versa e patribus graecis</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>