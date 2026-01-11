--- v1 (2026-01-10)
+++ v2 (2026-01-11)
@@ -459,225 +459,225 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1515 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>55234</v>
+        <v>55241</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Institutio principis christiani • Isocratis ad Nicoclem • Panegyricus ad Philippum • Plutarchus (Quo pacto qui ...</t>
+          <t>Parabolae sive similia</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Schürerius, Matthias</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1516 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>55241</v>
+        <v>55245</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Parabolae sive similia</t>
+          <t>Epistolae aliquot illustrium virorum ad Erasmum Roterodamum et huius ad illos</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Schürerius, Matthias</t>
+          <t>Erasmus,  / Martinus, Theodoricus</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1516 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>55245</v>
+        <v>55216</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Epistolae aliquot illustrium virorum ad Erasmum Roterodamum et huius ad illos</t>
+          <t>Institutio principis christiani • Isocratis ad Nicoclem • Panegyricus ad Philippum • Plutarchus (Quo pacto qui ...</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Martinus, Theodoricus</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1516 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>55216</v>
+        <v>55269</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Institutio principis christiani • Isocratis ad Nicoclem • Panegyricus ad Philippum • Plutarchus (Quo pacto qui ...</t>
+          <t>Parabolae siue similia adiectis aliquot vocularum obscurarum interpretationibus a Badio</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Frobenius, Ioannes</t>
+          <t>Erasmus,  / Badius, Iodocus</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1516 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>55269</v>
+        <v>55234</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Parabolae siue similia adiectis aliquot vocularum obscurarum interpretationibus a Badio</t>
+          <t>Institutio principis christiani • Isocratis ad Nicoclem • Panegyricus ad Philippum • Plutarchus (Quo pacto qui ...</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Erasmus,  / Badius, Iodocus</t>
+          <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1516 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
@@ -1259,615 +1259,615 @@
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1522 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>55233</v>
+        <v>55200</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium secundum Ioannem</t>
+          <t>Catalogus omnium lucubrationum • Colloquia selecta (Charon) • Epistola ad Marcum Laurinum • Epistola ad theolo ...</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>55200</v>
+        <v>55204</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Catalogus omnium lucubrationum • Colloquia selecta (Charon) • Epistola ad Marcum Laurinum • Epistola ad theolo ...</t>
+          <t>Paraphrasis in euangelium Lucae</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>55204</v>
+        <v>55207</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium Lucae</t>
+          <t>Paraphrasis in euangelium Marci</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>55207</v>
+        <v>55211</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in euangelium Marci</t>
+          <t>Spongia aduersus aspergines Hutteni</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>55211</v>
+        <v>55226</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Spongia aduersus aspergines Hutteni</t>
+          <t>Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>55226</v>
+        <v>55287</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Adagia - Chiliades</t>
+          <t>Precatio dominica in septem portiones distributa (après le 24 oct.)</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>55287</v>
+        <v>55233</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Precatio dominica in septem portiones distributa (après le 24 oct.)</t>
+          <t>Paraphrasis in euangelium secundum Ioannem</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1523 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>55298</v>
+        <v>55239</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Commentarius in Nucem Ouidii • Commentarius in duos hymnos Prudentii</t>
+          <t>Paraphrasis in Acta Apostolorum</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>55239</v>
+        <v>55240</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in Acta Apostolorum</t>
+          <t>De libero arbitrio diatribe</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>55240</v>
+        <v>55257</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>De libero arbitrio diatribe</t>
+          <t>De immensa Dei misericordia concio • Virginis et martyris comparatio</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>55257</v>
+        <v>55264</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>De immensa Dei misericordia concio • Virginis et martyris comparatio</t>
+          <t>Paraphrasis in Acta Apostolorum</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>55264</v>
+        <v>55222</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Paraphrasis in Acta Apostolorum</t>
+          <t>Exomologesis, sive modus confitendi • Enarratio in psalmum III, Domine quid multiplicati • Duo diplomata Papae A ...</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>55222</v>
+        <v>55298</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Exomologesis, sive modus confitendi • Enarratio in psalmum III, Domine quid multiplicati • Duo diplomata Papae A ...</t>
+          <t>Commentarius in Nucem Ouidii • Commentarius in duos hymnos Prudentii</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>1524 - </t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>55237</v>
+        <v>55275</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>In psalmum quartum concio • Enarratio in psalmum I 'Beatus vir', iuxta tropologiam potissimum • Paraphrasis in t ...</t>
+          <t>Virginis Matris apud Lauretum cultae liturgia</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
           <t>1525 - </t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>55275</v>
+        <v>55237</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Virginis Matris apud Lauretum cultae liturgia</t>
+          <t>In psalmum quartum concio • Enarratio in psalmum I 'Beatus vir', iuxta tropologiam potissimum • Paraphrasis in t ...</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Ioannes</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>1525 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -2895,95 +2895,95 @@
         </is>
       </c>
       <c r="E69" s="2" t="inlineStr">
         <is>
           <t>1534 - </t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G69" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="n">
-        <v>55236</v>
+        <v>55261</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Apophthegmatum libri octo</t>
+          <t>Ecclesiastae siue de ratione concionandi libri quattuor</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E70" s="2" t="inlineStr">
         <is>
           <t>1535 - </t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G70" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="n">
-        <v>55261</v>
+        <v>55236</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Ecclesiastae siue de ratione concionandi libri quattuor</t>
+          <t>Apophthegmatum libri octo</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E71" s="2" t="inlineStr">
         <is>
           <t>1535 - </t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G71" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
@@ -3015,215 +3015,215 @@
         </is>
       </c>
       <c r="E72" s="2" t="inlineStr">
         <is>
           <t>1536 - </t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G72" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="n">
-        <v>55292</v>
+        <v>55225</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 02 - Adagia - Chiliades</t>
+          <t>Opera omnia - tomus 01 - Quae spectant ad institutionem liberalem</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E73" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G73" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="n">
-        <v>55225</v>
+        <v>55228</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 01 - Quae spectant ad institutionem liberalem</t>
+          <t>Opera omnia - tomus 04 - Quae ad morum institutionem pertinent</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E74" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G74" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="n">
-        <v>55228</v>
+        <v>55229</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 04 - Quae ad morum institutionem pertinent</t>
+          <t>Opera omnia - tomus 05 - Quae ad pietatem instituunt</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E75" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G75" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="n">
-        <v>55229</v>
+        <v>55232</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 05 - Quae ad pietatem instituunt</t>
+          <t>Opera omnia - tomus 08 - Versa e patribus graecis</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E76" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G76" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="n">
-        <v>55232</v>
+        <v>55292</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Opera omnia - tomus 08 - Versa e patribus graecis</t>
+          <t>Opera omnia - tomus 02 - Adagia - Chiliades</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>Maison d’Erasme et Béguinage</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>Erasmus,  / Frobenius, Hieronymus</t>
         </is>
       </c>
       <c r="E77" s="2" t="inlineStr">
         <is>
           <t>1540 - </t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>livre</t>
         </is>
       </c>
       <c r="G77" s="2" t="inlineStr">
         <is>
           <t>papier, encre</t>