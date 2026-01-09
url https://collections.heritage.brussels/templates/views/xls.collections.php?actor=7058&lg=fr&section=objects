--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,105 +179,105 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>36697</v>
+        <v>51482</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>De Papenkelder (la cave aux clercs)</t>
+          <t>De "Moor" ou la Maison du "Maure"</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>de La Pasture, Rogier  / Atelier bruxellois</t>
+          <t>Atelier bruxellois,  / de La Pasture, Rogier</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1444 - 1445</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>51482</v>
+        <v>36697</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>De "Moor" ou la Maison du "Maure"</t>
+          <t>De Papenkelder (la cave aux clercs)</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée de la Ville de Bruxelles</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Atelier bruxellois,  / de La Pasture, Rogier</t>
+          <t>de La Pasture, Rogier  / Atelier bruxellois</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1444 - 1445</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>relief</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>pierre</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">