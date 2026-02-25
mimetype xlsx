--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -193,51 +193,51 @@
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>81292</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Balmain, Pierre</t>
+          <t>Balmain, Pierre / Balmain</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1950 - 1955</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
@@ -415,125 +415,125 @@
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>57998</v>
+        <v>95439</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Châle</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Balmain, Pierre / Balmain</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1975</t>
+          <t>1970 - 1979</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>tricot</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>95439</v>
+        <v>57998</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Châle</t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Balmain, Pierre / Balmain</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1979</t>
+          <t>1970 - 1975</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>tricot</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>57849</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Robe du soir "Mirage"</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Valens,  / Balmain, Pierre / Balmain,  / Wittamer, Louis / De Camps, Berthe</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1972 - 1973</t>