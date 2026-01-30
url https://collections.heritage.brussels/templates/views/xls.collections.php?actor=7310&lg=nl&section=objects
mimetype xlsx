--- v0 (2025-11-15)
+++ v1 (2026-01-30)
@@ -375,105 +375,105 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2016 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>bagage</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>56204</v>
+        <v>56201</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Sac à main "Small Zoom"</t>
+          <t>Besace "Anarchik"</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Eric Beauduin,  / Beauduin, Eric</t>
+          <t>Beauduin, Eric / Eric Beauduin</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>sac</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>56201</v>
+        <v>56204</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Besace "Anarchik"</t>
+          <t>Sac à main "Small Zoom"</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Beauduin, Eric / Eric Beauduin</t>
+          <t>Eric Beauduin,  / Beauduin, Eric</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2017 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>sac</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">