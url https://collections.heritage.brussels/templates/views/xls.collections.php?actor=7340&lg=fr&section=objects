--- v0 (2025-11-15)
+++ v1 (2026-02-25)
@@ -379,285 +379,285 @@
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>2018 - 2023</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>61854</v>
+        <v>67302</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Déshabillé</t>
+          <t>Boîte à chocolats</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>Carine Gilson,  / Gilson, Carine</t>
+          <t>Gilson, Carine</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>ustensiles de conservation et rangement</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>carton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique, sérigraphié</t>
+          <t>technique d'impression</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>61855</v>
+        <v>67303</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Déshabillé</t>
+          <t>Lé</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>lé</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>taffetas, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>64416</v>
+        <v>95303</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Baby-doll</t>
+          <t>Ensemble trois pièces - bustier, pantalon, ceinture</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Carine Gilson,  / Gilson, Carine</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>sérigraphié, dentelle mécanique</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>67302</v>
+        <v>61854</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Boîte à chocolats</t>
+          <t>Déshabillé</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine</t>
+          <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>ustensiles de conservation et rangement</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>carton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>technique d'impression</t>
+          <t>satin, dentelle mécanique, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>67303</v>
+        <v>61855</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Lé</t>
+          <t>Déshabillé</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>lé</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>taffetas, sérigraphié</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>95303</v>
+        <v>64416</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ensemble trois pièces - bustier, pantalon, ceinture</t>
+          <t>Baby-doll</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>sérigraphié, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>95302</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Caftan</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>2020 - 2023</t>