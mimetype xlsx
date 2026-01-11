--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -619,315 +619,315 @@
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>2019 - </t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>102659</v>
+        <v>95302</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Ensemble nuisette, culotte et soutien-gorge</t>
+          <t>Caftan</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Carine Gilson,  / Gilson, Carine</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>trois pièces, vêtement d'intérieur, sous-vêtement</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>mousseline, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>95302</v>
+        <v>95305</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Caftan</t>
+          <t>T-shirt       </t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>mousseline, dentelle mécanique</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>95305</v>
+        <v>95306</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>T-shirt       </t>
+          <t>Short </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>95306</v>
+        <v>102659</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Short </t>
+          <t>Ensemble nuisette, culotte et soutien-gorge</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>2020 - 2023</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>trois pièces, vêtement d'intérieur, sous-vêtement</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>102661</v>
+        <v>95304</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Ensemble nuisette, shorty et soutien-gorge</t>
+          <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Carine Gilson,  / Gilson, Carine</t>
+          <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>2021 - </t>
+          <t>2021 - 2023</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur, sous-vêtement, trois pièces</t>
+          <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>satin, dentelle mécanique</t>
+          <t>jersey, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>95304</v>
+        <v>95307</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et pantalon</t>
+          <t>Combinaison longue</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Gilson, Carine / Carine Gilson</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>2021 - 2023</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>vêtement d'intérieur</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>jersey, dentelle mécanique</t>
+          <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>95307</v>
+        <v>102661</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Combinaison longue</t>
+          <t>Ensemble nuisette, shorty et soutien-gorge</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Gilson, Carine / Carine Gilson</t>
+          <t>Carine Gilson,  / Gilson, Carine</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>2021 - 2023</t>
+          <t>2021 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>vêtement d'intérieur</t>
+          <t>vêtement d'intérieur, sous-vêtement, trois pièces</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>satin, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>87181</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Ensemble kimono et slip dress</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>