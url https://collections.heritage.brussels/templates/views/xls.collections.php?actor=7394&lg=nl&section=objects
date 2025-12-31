--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -771,205 +771,205 @@
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>60150</v>
+        <v>95603</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>T-shirt</t>
+          <t>Blazer</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2007</t>
+          <t>1999 - 2001</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>lin, polyester, coton, cupro</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>jersey, sérigraphié</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>95603</v>
+        <v>105888</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Blazer</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2001</t>
+          <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>lin, polyester, coton, cupro</t>
+          <t>laine, polyamide (=nylon), coton, acétate</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>toile, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>105888</v>
+        <v>60088</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>T-shirt</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>laine, polyamide (=nylon), coton, acétate</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>toile, maille</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>60088</v>
+        <v>60150</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>T-shirt</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1999 - 2007</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>jersey, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>60213</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>T-shirt </t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
@@ -1171,601 +1171,601 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>2002 - 2003</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>gant</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>tricot, sérigraphié</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>60153</v>
+        <v>60215</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Débardeur "Cupboard 8"</t>
+          <t>Chemise</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>polyester</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>60154</v>
+        <v>60216</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Gilet</t>
+          <t>Bottines</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>coton, cuir</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>jersey, crêpe</t>
+          <t>toile, peint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>60215</v>
+        <v>36595</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Chemise</t>
+          <t>Gilet "Fork"</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>sergé, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>60216</v>
+        <v>105887</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Bottines</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
+          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>pantalon</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>coton, cuir</t>
+          <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>toile, peint</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>36595</v>
+        <v>60131</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Gilet "Fork"</t>
+          <t>Sac banane</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
-          <t>2003 - 2004</t>
+          <t>2003 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>sac</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>sergé, jersey</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>105887</v>
+        <v>60149</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Own,  / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>pantalon</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>coton, polyamide (=nylon)</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>60131</v>
+        <v>60153</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Sac banane</t>
+          <t>Débardeur "Cupboard 8"</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
-          <t>2003 - </t>
+          <t>2003 - 2004</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>sac</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>polyester</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>60149</v>
+        <v>60154</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Gilet</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>2003 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>jersey, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>60159</v>
+        <v>60208</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Foulard</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>accessoire textile</t>
+          <t>combinaison</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>toile, imprimé</t>
+          <t>toile, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>60208</v>
+        <v>60082</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Blouson</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>combinaison</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>toile, jersey</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>60082</v>
+        <v>60084</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Blouson</t>
+          <t>Bomber</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>60084</v>
+        <v>60093</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Bomber</t>
+          <t>Collier</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>2004 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>collier</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
-[...6 lines deleted...]
-      </c>
+          <t>argent</t>
+        </is>
+      </c>
+      <c r="H38" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>60093</v>
+        <v>60115</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Collier</t>
+          <t>Cravate "Kill Tie"</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>collier</t>
+          <t>accessoire textile</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>argent</t>
-[...2 lines deleted...]
-      <c r="H39" s="2"/>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H39" s="2" t="inlineStr">
+        <is>
+          <t>satin, broderie</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
-        <v>60115</v>
+        <v>60159</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Cravate "Kill Tie"</t>
+          <t>Foulard</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
-          <t>satin, broderie</t>
+          <t>toile, imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
         <v>60169</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>Blazer "Jude"</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
@@ -1847,125 +1847,125 @@
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
           <t>2005 - 2006</t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
           <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>60155</v>
+        <v>60219</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Bottes</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>2006 - </t>
+          <t>2006 - 2007</t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>chaussure</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>coton, soie</t>
+          <t>cuir, soie</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>60219</v>
+        <v>60155</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Bottes</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Own,  / Rondenet, Thierry / Yvrenogeau, Hervé</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>2006 - 2007</t>
+          <t>2006 - </t>
         </is>
       </c>
       <c r="F45" s="2" t="inlineStr">
         <is>
-          <t>chaussure</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>coton, soie</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>