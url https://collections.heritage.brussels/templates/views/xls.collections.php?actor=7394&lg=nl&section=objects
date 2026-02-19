--- v1 (2025-12-31)
+++ v2 (2026-02-19)
@@ -419,161 +419,161 @@
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1995 - </t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>coton, polyamide (=nylon)</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>60161</v>
+        <v>105129</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Porte-clef</t>
+          <t>Veste</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
+          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1996 - </t>
+          <t>1996 - 1997</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>porte-clés</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>métal, caoutchouc</t>
+          <t>coton, résine</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>taillé</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>105129</v>
+        <v>105861</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Veste</t>
+          <t>Pantalon</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1996 - 1997</t>
         </is>
       </c>
-      <c r="F9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F9" s="2"/>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton, résine</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>105861</v>
+        <v>60161</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Pantalon</t>
+          <t>Porte-clef</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
+          <t>Union pour le vêtement,  / Rondenet, Thierry / Yvrenogeau, Hervé / Vervaeren, Didier</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1996 - 1997</t>
-[...2 lines deleted...]
-      <c r="F10" s="2"/>
+          <t>1996 - </t>
+        </is>
+      </c>
+      <c r="F10" s="2" t="inlineStr">
+        <is>
+          <t>porte-clés</t>
+        </is>
+      </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>métal, caoutchouc</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>taillé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>105863</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Pull </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Union pour le vêtement,  / Vervaeren, Didier / Yvrenogeau, Hervé / Rondenet, Thierry</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>