--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -193,167 +193,167 @@
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>61817</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Lookbook</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>Simons, Raf</t>
+          <t>Simons, Raf / Raf Simons</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H2" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>61700</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Pantalon</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Simons, Raf</t>
+          <t>Simons, Raf / Raf Simons</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>pantalon</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>61701</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Pull</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Simons, Raf</t>
+          <t>Simons, Raf / Raf Simons</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>laine, laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>61818</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Lookbook</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Simons, Raf</t>
+          <t>Simons, Raf / Raf Simons</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>autre document imprimé</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>papier</t>
         </is>
       </c>
       <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>73985</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>