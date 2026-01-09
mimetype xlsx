--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -219,511 +219,511 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1998 - 1999</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>jersey, enduit, broderie, dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>95503</v>
+        <v>60652</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Robe-chemisier</t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Theyskens, Olivier / Olivier Theyskens</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>lin, soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H3" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>60652</v>
+        <v>63119</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Jupe crayon</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Theyskens, Olivier / Olivier Theyskens</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>jupe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
-[...2 lines deleted...]
-      <c r="H4" s="2"/>
+          <t>cuir, soie</t>
+        </is>
+      </c>
+      <c r="H4" s="2" t="inlineStr">
+        <is>
+          <t>teint, sergé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>63119</v>
+        <v>95503</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Jupe crayon</t>
+          <t>Robe-chemisier</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>jupe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>cuir, soie</t>
+          <t>lin, soie</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>teint, sergé</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>86166</v>
+        <v>60309</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Chemisier</t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>2000 - 2001</t>
+          <t>2000 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>cuir</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>organza</t>
+          <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>88056</v>
+        <v>86166</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Cuissarde </t>
+          <t>Chemisier</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>2000 - 2001</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>botte</t>
+          <t>haut à manches courtes ou longues</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
-[...2 lines deleted...]
-      <c r="H7" s="2"/>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr">
+        <is>
+          <t>organza</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>88057</v>
+        <v>88056</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Cuissarde </t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>2000 - </t>
+          <t>2000 - 2001</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>botte</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H8" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>60309</v>
+        <v>88057</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>88055</v>
+        <v>53610</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Bottine</t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
+          <t>Theyskens, Olivier / Olivier Theyskens</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
-[...6 lines deleted...]
-      </c>
+          <t>2001 - </t>
+        </is>
+      </c>
+      <c r="F10" s="2"/>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
-      <c r="H10" s="2"/>
+      <c r="H10" s="2" t="inlineStr">
+        <is>
+          <t>teint</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>53610</v>
+        <v>53613</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Cape</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Theyskens, Olivier / Olivier Theyskens</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>2001 - </t>
         </is>
       </c>
-      <c r="F11" s="2"/>
+      <c r="F11" s="2" t="inlineStr">
+        <is>
+          <t>manteau</t>
+        </is>
+      </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>cuir</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
           <t>teint</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>53613</v>
+        <v>54043</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Cape</t>
+          <t>Robe drapée</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Theyskens, Olivier / Olivier Theyskens</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>teint</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>54043</v>
+        <v>56206</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Robe drapée</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Theyskens, Olivier / Olivier Theyskens</t>
+          <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>2001 - 2002</t>
+          <t>2001 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>56206</v>
+        <v>88055</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Bottine</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>2001 - </t>
+          <t>2001 - 2002</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>botte</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H14" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>88058</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Robe longue </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
@@ -963,161 +963,161 @@
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>2008 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>élasthane, soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
           <t>imprimé, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>76027</v>
+        <v>53988</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe bustier</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Nina Ricci,  / Theyskens, Olivier</t>
+          <t>Theyskens, Olivier / Nina Ricci</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>2009 - </t>
+          <t>2009 - 2010</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>soie, laine, verre, fibres synthétiques</t>
+        </is>
+      </c>
+      <c r="H22" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>53988</v>
+        <v>56038</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Robe bustier</t>
+          <t>Robe fourreau</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Theyskens, Olivier / Nina Ricci</t>
+          <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>2009 - 2010</t>
+          <t>2009 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, laine, verre, fibres synthétiques</t>
-[...2 lines deleted...]
-      <c r="H23" s="2"/>
+          <t>soie, fibres synthétiques</t>
+        </is>
+      </c>
+      <c r="H23" s="2" t="inlineStr">
+        <is>
+          <t>satin, toile</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>56038</v>
+        <v>76027</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Robe fourreau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Nina Ricci,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>2009 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>soie, fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>imprimé, mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
         <v>58554</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Jupon crinoline</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Theyskens, Olivier / Olivier Theyskens</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
@@ -1159,125 +1159,125 @@
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>2018 - 2019</t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>soie, viscose</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
           <t>velours, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>88807</v>
+        <v>73067</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Ensemble robe et accessoires</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
-          <t>2019 - </t>
+          <t>2019 - 2020</t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose, polyamide (=nylon), soie, élasthane</t>
+          <t>viscose, autruche</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné, toile</t>
+          <t>tulle, dentelle mécanique</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>73067</v>
+        <v>88807</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et accessoires</t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Olivier Theyskens,  / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
-          <t>2019 - 2020</t>
+          <t>2019 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>viscose, autruche</t>
+          <t>coton, viscose, polyamide (=nylon), soie, élasthane</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>tulle, dentelle mécanique</t>
+          <t>jacquard ou façonné, toile</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>