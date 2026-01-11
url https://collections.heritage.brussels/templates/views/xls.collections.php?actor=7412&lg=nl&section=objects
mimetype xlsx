--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -723,125 +723,125 @@
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
           <t>2002 - </t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>63108</v>
+        <v>54153</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Robe bustier</t>
+          <t>Robe boule</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>Rochas , Marcel / Theyskens, Olivier</t>
+          <t>Theyskens, Olivier / Rochas , Marcel</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>2004 - </t>
+          <t>2004 - 2005</t>
         </is>
       </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>coton, soie, laine, élasthane</t>
+          <t>métal, soie, coton</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>dentelle mécanique, toile</t>
+          <t>tulle, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>54153</v>
+        <v>63108</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Robe boule</t>
+          <t>Robe bustier</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Theyskens, Olivier / Rochas , Marcel</t>
+          <t>Rochas , Marcel / Theyskens, Olivier</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>2004 - 2005</t>
+          <t>2004 - </t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>métal, soie, coton</t>
+          <t>coton, soie, laine, élasthane</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>tulle, sergé</t>
+          <t>dentelle mécanique, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>54155</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Robe drapée</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Theyskens, Olivier / Rochas , Marcel</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>2006 - 2007</t>