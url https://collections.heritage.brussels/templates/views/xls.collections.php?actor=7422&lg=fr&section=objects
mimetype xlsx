--- v0 (2025-11-15)
+++ v1 (2026-03-17)
@@ -295,165 +295,165 @@
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1987 - 1988</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>combinaison</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>106563</v>
+        <v>106566</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, jupe et pantalon</t>
+          <t>Ensemble manteau, débardeur, écharpe et ceinture</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1988 - </t>
+          <t>1988 - 1989</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, cuir</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>crêpe, maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>106564</v>
+        <v>106563</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, veste et pantalon</t>
+          <t>Ensemble veste, jupe et pantalon</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1988 - 1989</t>
+          <t>1988 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>trois pièces</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>laine, coton</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>maille, sergé</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>106566</v>
+        <v>106564</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Ensemble manteau, débardeur, écharpe et ceinture</t>
+          <t>Ensemble manteau, veste et pantalon</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1988 - 1989</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>laine, cuir</t>
+          <t>laine, coton</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>crêpe, maille</t>
+          <t>maille, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>106565</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste, gilet et pantalon</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>1989 - </t>