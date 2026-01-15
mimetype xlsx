--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -259,285 +259,285 @@
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1994 - </t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>74238</v>
+        <v>74391</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et débardeur</t>
+          <t>Robe longue </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>acétate, modal, soie, cuir, aluminium</t>
+          <t>coton, modal</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>crêpe, satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>74391</v>
+        <v>74635</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Robe longue </t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>coton, modal</t>
+          <t>viscose, élasthane</t>
         </is>
       </c>
       <c r="H5" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>74635</v>
+        <v>95606</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
           <t>1997 - </t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>viscose, élasthane</t>
+          <t>soie, viscose, polyester</t>
         </is>
       </c>
       <c r="H6" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
-        <v>95606</v>
+        <v>74238</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Ensemble robe et débardeur</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>soie, viscose, polyester</t>
+          <t>acétate, modal, soie, cuir, aluminium</t>
         </is>
       </c>
       <c r="H7" s="2" t="inlineStr">
         <is>
-          <t>satin, toile</t>
+          <t>crêpe, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
-        <v>60339</v>
+        <v>74241</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>1999 - </t>
+          <t>1999 - 2000</t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>mouton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>74241</v>
+        <v>60339</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Robe longue</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1999 - 2000</t>
+          <t>1999 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>robe longue</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>mouton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>74102</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Ann Demeulemeester,  / Demeulemeester, Ann</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>2000 - </t>