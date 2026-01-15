--- v0 (2025-11-15)
+++ v1 (2026-01-15)
@@ -219,121 +219,121 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1986 - 1990</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>coton, polyester</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>106562</v>
+        <v>106561</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Combinaison</t>
+          <t>Ensemble robe et sous-jupes</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
+          <t>Verbeke, Annemie / Annemie Verbeke</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>1987 - 1988</t>
         </is>
       </c>
-      <c r="F3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="F3" s="2"/>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>laine, polyester</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>maille, jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>106561</v>
+        <v>106562</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et sous-jupes</t>
+          <t>Combinaison</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>Verbeke, Annemie / Annemie Verbeke</t>
+          <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
           <t>1987 - 1988</t>
         </is>
       </c>
-      <c r="F4" s="2"/>
+      <c r="F4" s="2" t="inlineStr">
+        <is>
+          <t>combinaison</t>
+        </is>
+      </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>laine, polyester</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>maille, jersey</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>106563</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste, jupe et pantalon</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Annemie Verbeke,  / Verbeke, Annemie</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1988 - </t>