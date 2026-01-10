--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -215,125 +215,125 @@
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1989 - 1990</t>
         </is>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>86369</v>
+        <v>59962</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1997 - </t>
+          <t>1997 - 1998</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), fibres synthétiques, plume</t>
+          <t>polyamide (=nylon), laine, polyester</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>maille</t>
+          <t>gaze, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>59962</v>
+        <v>86369</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1997 - 1998</t>
+          <t>1997 - </t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>polyamide (=nylon), laine, polyester</t>
+          <t>polyamide (=nylon), fibres synthétiques, plume</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>gaze, crêpe</t>
+          <t>maille</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>61478</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste et pantalon</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Comme des garçons,  / Kawakubo, Rei</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>2001 - 2002</t>