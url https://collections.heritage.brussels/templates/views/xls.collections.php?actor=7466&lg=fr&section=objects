--- v0 (2025-11-15)
+++ v1 (2026-01-09)
@@ -179,231 +179,231 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99996</v>
+        <v>99190</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99190</v>
+        <v>99195</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Veste "La Perouse"</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99195</v>
+        <v>99996</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Veste "La Perouse"</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>81437</v>
+        <v>96748</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Paire de gants</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Dior</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1957</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H5" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>96748</v>
+        <v>81437</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Paire de gants</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Dior</t>
+          <t>Dior, Christian / Dior</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1957</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
-[...2 lines deleted...]
-      <c r="H6" s="2"/>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr">
+        <is>
+          <t>faille, cannelé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>60587</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Dior, Christian / Dior</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
@@ -483,1201 +483,1201 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1959 - 1960</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99763</v>
+        <v>99132</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Dior,  / Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>pantalon, veste d'intérieur</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>99132</v>
+        <v>99160</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>99160</v>
+        <v>99289</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1960 - </t>
+          <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>99289</v>
+        <v>99763</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Dior,  / Ascot</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1960 - 1970</t>
+          <t>1960 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>59803</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Dior</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1965 - 1966</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>99765</v>
+        <v>99164</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ensemble robe et veste </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1968</t>
-[...2 lines deleted...]
-      <c r="F15" s="2"/>
+          <t>1967 - 1969</t>
+        </is>
+      </c>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>robe, veste d'intérieur, deux pièces</t>
+        </is>
+      </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>tulle, crêpe, broderie</t>
+          <t>broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>99164</v>
+        <v>99765</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste </t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
-[...6 lines deleted...]
-      </c>
+          <t>1967 - 1968</t>
+        </is>
+      </c>
+      <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé</t>
+          <t>tulle, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>99924</v>
+        <v>99127</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1968 - </t>
+          <t>1968 - 1969</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
-        <v>99935</v>
+        <v>99924</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>soie, matière plastique</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
-        <v>99127</v>
+        <v>99935</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1969</t>
+          <t>1968 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>99194</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Robe "Pithon"</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>99764</v>
+        <v>99122</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Casaquin</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>toile, soie</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>taffetas, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>57979</v>
+        <v>99764</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Casaquin</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>57985</v>
+        <v>57979</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cocktail</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, émail</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>99122</v>
+        <v>57985</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>toile, soie</t>
+          <t>soie, émail</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>taffetas, toile</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>57856</v>
+        <v>99166</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, robe-culotte et ceinture</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>99925</v>
+        <v>99193</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Tailleur "Boston"</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>57989</v>
+        <v>57856</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Ensemble veste, robe-culotte et ceinture</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>99933</v>
+        <v>99925</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Robe</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>80343</v>
+        <v>57989</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99166</v>
+        <v>99933</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>99193</v>
+        <v>80343</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Tailleur "Boston"</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>57994</v>
+        <v>99188</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Ensemble de voyage </t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1972 - </t>
+          <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
-        <v>99936</v>
+        <v>57994</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et manteau</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
-          <t>ensemble, manteau, robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G33" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="n">
-        <v>99188</v>
+        <v>99936</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de voyage </t>
+          <t>Ensemble robe et manteau</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1973</t>
+          <t>1972 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>ensemble, manteau, robe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
         <v>99754</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Ensemble veste, jupe et ceinture </t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
           <t>1973 - 1970</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>deux pièces</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
           <t>daim</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>99934</v>
+        <v>99131</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>velours, dentelle, gaze</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
-        <v>80340</v>
+        <v>99934</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
-          <t>haut à manches courtes ou longues, veste d'intérieur, jupe, ceinture</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G37" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
         <is>
-          <t>crêpe, dentelle mécanique, velours, technique du cuir</t>
+          <t>velours, dentelle, gaze</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="n">
-        <v>99131</v>
+        <v>80340</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>haut à manches courtes ou longues, veste d'intérieur, jupe, ceinture</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>crêpe, dentelle mécanique, velours, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
         <v>99928</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>Robe du soir </t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
           <t>1975 - 1980</t>
@@ -1915,165 +1915,165 @@
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>99875</v>
+        <v>99286</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>soie, laine, coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin</t>
+          <t>velours, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>99926</v>
+        <v>99875</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, laine, coton</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>ottoman, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>99286</v>
+        <v>99926</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>velours, taffetas</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>61807</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Cravate</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Dior</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2010 - 2019</t>