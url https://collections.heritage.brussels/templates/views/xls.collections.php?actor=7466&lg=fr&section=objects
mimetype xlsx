--- v1 (2026-01-09)
+++ v2 (2026-02-25)
@@ -121,51 +121,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="C1" s="3" t="inlineStr">
@@ -179,231 +179,231 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99190</v>
+        <v>99996</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99195</v>
+        <v>99190</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Veste "La Perouse"</t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99996</v>
+        <v>99195</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Veste "La Perouse"</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
-        <v>96748</v>
+        <v>81437</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Paire de gants</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>Dior</t>
+          <t>Dior, Christian / Dior</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1959</t>
+          <t>1950 - 1957</t>
         </is>
       </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>gant</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>cuir</t>
-[...2 lines deleted...]
-      <c r="H5" s="2"/>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H5" s="2" t="inlineStr">
+        <is>
+          <t>faille, cannelé</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
-        <v>81437</v>
+        <v>96748</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Paire de gants</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Dior</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>1950 - 1957</t>
+          <t>1950 - 1959</t>
         </is>
       </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>gant</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
-[...6 lines deleted...]
-      </c>
+          <t>cuir</t>
+        </is>
+      </c>
+      <c r="H6" s="2"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>60587</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>Dior, Christian / Dior</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
           <t>1955 - </t>
         </is>
       </c>
@@ -483,361 +483,361 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1959 - 1960</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99132</v>
+        <v>99289</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>99160</v>
+        <v>99763</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Dior,  / Ascot</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>99289</v>
+        <v>99132</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>pantalon, veste d'intérieur</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>99763</v>
+        <v>99160</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Dior,  / Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
-        <v>59803</v>
+        <v>57805</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Dior</t>
+          <t>Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>1965 - 1966</t>
+          <t>1964 - </t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>deux pièces, robe, veste d'intérieur</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>jacquard ou façonné</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>99164</v>
+        <v>59803</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste </t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Dior</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
+          <t>1965 - 1966</t>
         </is>
       </c>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>robe, veste d'intérieur, deux pièces</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé</t>
+          <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>99765</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Corsage</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
           <t>1967 - 1968</t>
         </is>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>matière plastique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
           <t>tulle, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
-        <v>99127</v>
+        <v>99164</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Robe courte</t>
+          <t>Ensemble robe et veste </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>1968 - 1969</t>
+          <t>1967 - 1969</t>
         </is>
       </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe, veste d'intérieur, deux pièces</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>imprimé, toile</t>
+          <t>broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>99924</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
@@ -879,125 +879,125 @@
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>soie, matière plastique</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
-        <v>99194</v>
+        <v>99127</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Robe "Pithon"</t>
+          <t>Robe courte</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>1969 - </t>
+          <t>1968 - 1969</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>imprimé, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>99122</v>
+        <v>99194</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Robe "Pithon"</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1969 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>toile, soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>taffetas, toile</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
         <v>99764</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Casaquin</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
@@ -1079,355 +1079,355 @@
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
           <t>soie, émail</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
           <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>99166</v>
+        <v>99122</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
-          <t>1971 - </t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>toile, soie</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>taffetas, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>99193</v>
+        <v>57856</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Tailleur "Boston"</t>
+          <t>Ensemble veste, robe-culotte et ceinture</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>57856</v>
+        <v>99925</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, robe-culotte et ceinture</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>99925</v>
+        <v>57989</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>57989</v>
+        <v>99933</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>99933</v>
+        <v>80343</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>80343</v>
+        <v>99166</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
-        <v>99188</v>
+        <v>99193</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de voyage </t>
+          <t>Tailleur "Boston"</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
-          <t>1972 - 1973</t>
+          <t>1971 - </t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="n">
         <v>57994</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
@@ -1479,125 +1479,125 @@
         </is>
       </c>
       <c r="E34" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>ensemble, manteau, robe</t>
         </is>
       </c>
       <c r="G34" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="n">
-        <v>99754</v>
+        <v>99188</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, jupe et ceinture </t>
+          <t>Ensemble de voyage </t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E35" s="2" t="inlineStr">
         <is>
-          <t>1973 - 1970</t>
+          <t>1972 - 1973</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G35" s="2" t="inlineStr">
         <is>
-          <t>daim</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
-          <t>technique du cuir</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="n">
-        <v>99131</v>
+        <v>99754</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Ensemble veste, jupe et ceinture </t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E36" s="2" t="inlineStr">
         <is>
-          <t>1974 - </t>
+          <t>1973 - 1970</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G36" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>daim</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
-          <t>imprimé</t>
+          <t>technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="n">
         <v>99934</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E37" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
@@ -1639,479 +1639,559 @@
         </is>
       </c>
       <c r="E38" s="2" t="inlineStr">
         <is>
           <t>1974 - </t>
         </is>
       </c>
       <c r="F38" s="2" t="inlineStr">
         <is>
           <t>haut à manches courtes ou longues, veste d'intérieur, jupe, ceinture</t>
         </is>
       </c>
       <c r="G38" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H38" s="2" t="inlineStr">
         <is>
           <t>crêpe, dentelle mécanique, velours, technique du cuir</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="n">
-        <v>99928</v>
+        <v>99131</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E39" s="2" t="inlineStr">
         <is>
-          <t>1975 - 1980</t>
+          <t>1974 - </t>
         </is>
       </c>
       <c r="F39" s="2" t="inlineStr">
         <is>
-          <t>robe longue, robe</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G39" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques, soie</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H39" s="2" t="inlineStr">
         <is>
-          <t>dentelle</t>
+          <t>imprimé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="n">
         <v>57981</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>Ensemble tailleur pantalon et chemisier</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E40" s="2" t="inlineStr">
         <is>
           <t>1975 - </t>
         </is>
       </c>
       <c r="F40" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G40" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H40" s="2" t="inlineStr">
         <is>
           <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="n">
-        <v>57859</v>
+        <v>99928</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Robe chemisier</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
-          <t>Dior, Christian / Dior</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E41" s="2" t="inlineStr">
         <is>
-          <t>1976 - 1978</t>
+          <t>1975 - 1980</t>
         </is>
       </c>
       <c r="F41" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue, robe</t>
         </is>
       </c>
       <c r="G41" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques, soie</t>
         </is>
       </c>
       <c r="H41" s="2" t="inlineStr">
         <is>
-          <t>imprimé, taffetas</t>
+          <t>dentelle</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="n">
-        <v>57978</v>
+        <v>57859</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Robe chemisier</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Dior, Christian / Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E42" s="2" t="inlineStr">
         <is>
-          <t>1979 - </t>
+          <t>1976 - 1978</t>
         </is>
       </c>
       <c r="F42" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G42" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H42" s="2" t="inlineStr">
         <is>
-          <t>imprimé, drap</t>
+          <t>imprimé, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="n">
-        <v>99929</v>
+        <v>57990</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste</t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Dior,  / Bohan, Marc</t>
         </is>
       </c>
       <c r="E43" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1977 - </t>
         </is>
       </c>
       <c r="F43" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G43" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H43" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="n">
-        <v>99930</v>
+        <v>57978</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E44" s="2" t="inlineStr">
         <is>
-          <t>1980 - </t>
+          <t>1979 - </t>
         </is>
       </c>
       <c r="F44" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G44" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H44" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>imprimé, drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="n">
-        <v>99203</v>
+        <v>99929</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Ensemble</t>
+          <t>Ensemble robe et veste</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
-          <t>1981 - </t>
-[...2 lines deleted...]
-      <c r="F45" s="2"/>
+          <t>1980 - </t>
+        </is>
+      </c>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <t>deux pièces</t>
+        </is>
+      </c>
       <c r="G45" s="2" t="inlineStr">
         <is>
-          <t>viscose</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>99286</v>
+        <v>99930</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
-          <t>1982 - </t>
+          <t>1980 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
           <t>ensemble</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>velours, taffetas</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>99875</v>
+        <v>99203</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Ensemble</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
-          <t>1982 - </t>
-[...6 lines deleted...]
-      </c>
+          <t>1981 - </t>
+        </is>
+      </c>
+      <c r="F47" s="2"/>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>soie, laine, coton</t>
+          <t>viscose</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>99926</v>
+        <v>99875</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie, laine, coton</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>ottoman, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
+        <v>99926</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Robe</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
+      <c r="E49" s="2" t="inlineStr">
+        <is>
+          <t>1982 - </t>
+        </is>
+      </c>
+      <c r="F49" s="2" t="inlineStr">
+        <is>
+          <t>robe</t>
+        </is>
+      </c>
+      <c r="G49" s="2" t="inlineStr">
+        <is>
+          <t>coton</t>
+        </is>
+      </c>
+      <c r="H49" s="2" t="inlineStr">
+        <is>
+          <t>mousseline</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="1" t="n">
+        <v>99286</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Ensemble </t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Ascot,  / Dior</t>
+        </is>
+      </c>
+      <c r="E50" s="2" t="inlineStr">
+        <is>
+          <t>1982 - </t>
+        </is>
+      </c>
+      <c r="F50" s="2" t="inlineStr">
+        <is>
+          <t>ensemble</t>
+        </is>
+      </c>
+      <c r="G50" s="2" t="inlineStr">
+        <is>
+          <t>soie</t>
+        </is>
+      </c>
+      <c r="H50" s="2" t="inlineStr">
+        <is>
+          <t>velours, taffetas</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="1" t="n">
         <v>61807</v>
       </c>
-      <c r="B49" s="2" t="inlineStr">
+      <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Cravate</t>
         </is>
       </c>
-      <c r="C49" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D49" s="2" t="inlineStr">
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>Musée Mode &amp; Dentelle</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Dior</t>
         </is>
       </c>
-      <c r="E49" s="2" t="inlineStr">
+      <c r="E51" s="2" t="inlineStr">
         <is>
           <t>2010 - 2019</t>
         </is>
       </c>
-      <c r="F49" s="2" t="inlineStr">
+      <c r="F51" s="2" t="inlineStr">
         <is>
           <t>accessoire textile</t>
         </is>
       </c>
-      <c r="G49" s="2" t="inlineStr">
+      <c r="G51" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
-      <c r="H49" s="2" t="inlineStr">
+      <c r="H51" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">