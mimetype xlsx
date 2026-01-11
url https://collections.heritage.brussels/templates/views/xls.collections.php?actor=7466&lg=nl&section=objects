--- v0 (2025-11-16)
+++ v1 (2026-01-11)
@@ -179,153 +179,153 @@
         </is>
       </c>
       <c r="E1" s="3" t="inlineStr">
         <is>
           <t>Annee</t>
         </is>
       </c>
       <c r="F1" s="3" t="inlineStr">
         <is>
           <t>Types</t>
         </is>
       </c>
       <c r="G1" s="3" t="inlineStr">
         <is>
           <t>Materials</t>
         </is>
       </c>
       <c r="H1" s="3" t="inlineStr">
         <is>
           <t>Techniques</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
-        <v>99195</v>
+        <v>99996</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Veste "La Perouse"</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>soie, laine</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
-          <t>toile, satin</t>
+          <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>99996</v>
+        <v>99190</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Manteau </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
-          <t>toile</t>
+          <t>velours</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>99190</v>
+        <v>99195</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Manteau </t>
+          <t>Veste "La Perouse"</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, laine</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
-          <t>velours</t>
+          <t>toile, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>81437</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Dior, Christian / Dior</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
           <t>1950 - 1957</t>
@@ -483,321 +483,321 @@
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>1959 - 1960</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>99289</v>
+        <v>99132</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Veste </t>
+          <t>Ensemble deux pièces </t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>pantalon, veste d'intérieur</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>drap</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
-        <v>99763</v>
+        <v>99160</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Tailleur jupe</t>
+          <t>Mini robe </t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Dior,  / Ascot</t>
+          <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe, robe courte</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>sergé</t>
+          <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
-        <v>99132</v>
+        <v>99289</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Ensemble deux pièces </t>
+          <t>Veste </t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
           <t>1960 - 1970</t>
         </is>
       </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>pantalon, veste d'intérieur</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H12" s="2" t="inlineStr">
         <is>
-          <t>drap</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
-        <v>99160</v>
+        <v>99763</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Mini robe </t>
+          <t>Tailleur jupe</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Ascot,  / Dior</t>
+          <t>Dior,  / Ascot</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
           <t>1960 - </t>
         </is>
       </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>robe, robe courte</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>crêpe</t>
+          <t>sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>59803</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Robe courte</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Dior</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
           <t>1965 - 1966</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
           <t>robe courte</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
           <t>jacquard ou façonné</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
-        <v>99765</v>
+        <v>99164</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Corsage</t>
+          <t>Ensemble robe et veste </t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1968</t>
-[...2 lines deleted...]
-      <c r="F15" s="2"/>
+          <t>1967 - 1969</t>
+        </is>
+      </c>
+      <c r="F15" s="2" t="inlineStr">
+        <is>
+          <t>robe, veste d'intérieur, deux pièces</t>
+        </is>
+      </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>matière plastique</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H15" s="2" t="inlineStr">
         <is>
-          <t>tulle, crêpe, broderie</t>
+          <t>broderie, sergé</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
-        <v>99164</v>
+        <v>99765</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Ensemble robe et veste </t>
+          <t>Corsage</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1967 - 1969</t>
-[...6 lines deleted...]
-      </c>
+          <t>1967 - 1968</t>
+        </is>
+      </c>
+      <c r="F16" s="2"/>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>matière plastique</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>broderie, sergé</t>
+          <t>tulle, crêpe, broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>99924</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Robe </t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
           <t>1968 - </t>
@@ -919,485 +919,485 @@
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
           <t>1969 - </t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H20" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
-        <v>99764</v>
+        <v>57979</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Casaquin</t>
+          <t>Tailleur pantalon</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>veste d'intérieur</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>fibres synthétiques</t>
+          <t>laine, fibres synthétiques</t>
         </is>
       </c>
       <c r="H21" s="2" t="inlineStr">
         <is>
-          <t>broderie</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="n">
-        <v>57979</v>
+        <v>57985</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Tailleur pantalon</t>
+          <t>Ensemble de cocktail</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr">
         <is>
-          <t>1970 - </t>
+          <t>1970 - 1971</t>
         </is>
       </c>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>laine, fibres synthétiques</t>
+          <t>soie, émail</t>
         </is>
       </c>
       <c r="H22" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="n">
-        <v>57985</v>
+        <v>99122</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Ensemble de cocktail</t>
+          <t>Manteau</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>1970 - 1971</t>
+          <t>1970 - </t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>manteau</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>soie, émail</t>
+          <t>toile, soie</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>taffetas, toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="n">
-        <v>99122</v>
+        <v>99764</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Manteau</t>
+          <t>Casaquin</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
           <t>1970 - </t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>manteau</t>
+          <t>veste d'intérieur</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>toile, soie</t>
+          <t>fibres synthétiques</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>taffetas, toile</t>
+          <t>broderie</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="n">
-        <v>99193</v>
+        <v>57856</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Tailleur "Boston"</t>
+          <t>Ensemble veste, robe-culotte et ceinture</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>trois pièces</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
           <t>laine</t>
         </is>
       </c>
       <c r="H25" s="2" t="inlineStr">
         <is>
-          <t>tissage</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="n">
-        <v>57856</v>
+        <v>99925</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste, robe-culotte et ceinture</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>trois pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="n">
-        <v>99925</v>
+        <v>57989</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe de cocktail</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E27" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe courte</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H27" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>imprimé, crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="n">
-        <v>57989</v>
+        <v>99933</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Robe de cocktail</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>robe courte</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H28" s="2" t="inlineStr">
         <is>
-          <t>imprimé, crêpe</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="n">
-        <v>99933</v>
+        <v>80343</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Robe longue</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E29" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>laine</t>
+          <t>soie, cuir</t>
         </is>
       </c>
       <c r="H29" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="n">
-        <v>80343</v>
+        <v>99166</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Robe longue</t>
+          <t>Robe </t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E30" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>soie, cuir</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H30" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="n">
-        <v>99166</v>
+        <v>99193</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Robe </t>
+          <t>Tailleur "Boston"</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr">
         <is>
           <t>1971 - </t>
         </is>
       </c>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>laine</t>
         </is>
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>tissage</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="n">
         <v>57994</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Robe du soir</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr">
         <is>
           <t>1972 - </t>
@@ -1915,165 +1915,165 @@
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E45" s="2" t="inlineStr">
         <is>
           <t>1981 - </t>
         </is>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2" t="inlineStr">
         <is>
           <t>viscose</t>
         </is>
       </c>
       <c r="H45" s="2" t="inlineStr">
         <is>
           <t>crêpe</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="n">
-        <v>99286</v>
+        <v>99875</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Ensemble </t>
+          <t>Tailleur</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E46" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F46" s="2" t="inlineStr">
         <is>
-          <t>ensemble</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G46" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>soie, laine, coton</t>
         </is>
       </c>
       <c r="H46" s="2" t="inlineStr">
         <is>
-          <t>velours, taffetas</t>
+          <t>ottoman, satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="n">
-        <v>99875</v>
+        <v>99926</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Tailleur</t>
+          <t>Robe</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E47" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F47" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G47" s="2" t="inlineStr">
         <is>
-          <t>soie, laine, coton</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H47" s="2" t="inlineStr">
         <is>
-          <t>ottoman, satin</t>
+          <t>mousseline</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="n">
-        <v>99926</v>
+        <v>99286</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Robe</t>
+          <t>Ensemble </t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Ascot,  / Dior</t>
         </is>
       </c>
       <c r="E48" s="2" t="inlineStr">
         <is>
           <t>1982 - </t>
         </is>
       </c>
       <c r="F48" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>ensemble</t>
         </is>
       </c>
       <c r="G48" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H48" s="2" t="inlineStr">
         <is>
-          <t>mousseline</t>
+          <t>velours, taffetas</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="n">
         <v>61807</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Cravate</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Dior</t>
         </is>
       </c>
       <c r="E49" s="2" t="inlineStr">
         <is>
           <t>2010 - 2019</t>