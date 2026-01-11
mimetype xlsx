--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -459,125 +459,125 @@
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
           <t>2005 - </t>
         </is>
       </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
           <t>haut sans manche</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>coton</t>
         </is>
       </c>
       <c r="H8" s="2" t="inlineStr">
         <is>
           <t>toile</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
-        <v>61500</v>
+        <v>46456</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Débardeur</t>
+          <t>Ensemble veste et short</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Dries Van Noten,  / Van Noten, Dries</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>haut sans manche</t>
+          <t>deux pièces</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>coton</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H9" s="2" t="inlineStr">
         <is>
-          <t>jersey</t>
+          <t>satin</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
-        <v>46456</v>
+        <v>61500</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Ensemble veste et short</t>
+          <t>Débardeur</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Dries Van Noten,  / Van Noten, Dries</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
           <t>2015 - </t>
         </is>
       </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>deux pièces</t>
+          <t>haut sans manche</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton</t>
         </is>
       </c>
       <c r="H10" s="2" t="inlineStr">
         <is>
-          <t>satin</t>
+          <t>jersey</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>