--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -219,120 +219,120 @@
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
           <t>1948 - </t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
           <t>robe</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>soie</t>
         </is>
       </c>
       <c r="H2" s="2" t="inlineStr">
         <is>
           <t>ottoman</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
-        <v>74126</v>
+        <v>87303</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir</t>
+          <t>Robe du soir </t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1965</t>
+          <t>1955 - 1960</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>robe</t>
+          <t>robe longue</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>soie</t>
+          <t>coton, viscose</t>
         </is>
       </c>
       <c r="H3" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
-        <v>87303</v>
+        <v>74126</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Robe du soir </t>
+          <t>Robe du soir</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>1955 - 1960</t>
+          <t>1955 - 1965</t>
         </is>
       </c>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>robe longue</t>
+          <t>robe</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>coton, viscose</t>
+          <t>soie</t>
         </is>
       </c>
       <c r="H4" s="2" t="inlineStr">
         <is>
           <t>jersey</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>87301</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Robe du soir </t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>Musée Mode &amp; Dentelle</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>Maison Grès,  / Krebs, dite Madame Grès, Germaine Emilie</t>